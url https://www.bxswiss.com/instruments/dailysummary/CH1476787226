--- v0 (2025-10-12)
+++ v1 (2025-11-02)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2c73ca23f5df4dfe" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R309f5b35319f453a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4ff780f65e3d4ab4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R203001f4139349dc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd2ed698817034421" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4ff780f65e3d4ab4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra4907bc057de4fef" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R203001f4139349dc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476787226</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>1,315</x:t>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,575</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,365</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,145</x:t>
-[...11 lines deleted...]
-          <x:t>11.09.2025</x:t>
+          <x:t>1,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,355</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,185</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,265</x:t>
-[...20 lines deleted...]
-        <x:is>
           <x:t>1,215</x:t>
-        </x:is>
-[...553 lines deleted...]
-          <x:t>1,775</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>