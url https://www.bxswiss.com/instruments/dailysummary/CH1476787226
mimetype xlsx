--- v1 (2025-11-02)
+++ v2 (2025-11-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R309f5b35319f453a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rce94acfb6efd426c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R203001f4139349dc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rca2bba9daea847fe"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra4907bc057de4fef" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R203001f4139349dc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R72166eac7e5948db" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rca2bba9daea847fe" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476787226</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.10.2025</x:t>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,215</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>1,535</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,175</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,525</x:t>
-[...357 lines deleted...]
-          <x:t>21.10.2025</x:t>
+          <x:t>1,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,355</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,555</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,645</x:t>
-[...57 lines deleted...]
-        <x:is>
           <x:t>1,335</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,475</x:t>
-[...15 lines deleted...]
-        <x:is>
           <x:t>1,515</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...136 lines deleted...]
-          <x:t>1,185</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,592</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>