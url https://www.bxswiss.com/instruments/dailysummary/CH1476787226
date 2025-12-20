--- v2 (2025-11-24)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rce94acfb6efd426c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5b5f1311345f4ed2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rca2bba9daea847fe"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R26252c62f2ff41b9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R72166eac7e5948db" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rca2bba9daea847fe" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7a65666fb14347e8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R26252c62f2ff41b9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476787226</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.10.2025</x:t>
-[...441 lines deleted...]
-          <x:t>1,195</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,838</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,920</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...136 lines deleted...]
-          <x:t>0,592</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,961</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>