--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5b5f1311345f4ed2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbeeffdd3b3ee452b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R26252c62f2ff41b9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rabd58a5af22349a7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7a65666fb14347e8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R26252c62f2ff41b9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8e43c75cfade4636" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rabd58a5af22349a7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476787226</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...404 lines deleted...]
-          <x:t>09.12.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,116</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,946</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,022</x:t>
+          <x:t>1,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,734</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,930</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...23 lines deleted...]
-          <x:t>0,886</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,922</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,952</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...185 lines deleted...]
-          <x:t>0,961</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,881</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>