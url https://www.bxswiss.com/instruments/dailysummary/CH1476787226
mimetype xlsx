--- v4 (2026-01-11)
+++ v5 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbeeffdd3b3ee452b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ref3771824b4c4a15" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rabd58a5af22349a7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9fdf0871b1704da7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8e43c75cfade4636" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rabd58a5af22349a7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf76ebfdf35754e5c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9fdf0871b1704da7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476787226</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...14 lines deleted...]
-          <x:t>0,886</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,906</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,952</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
-[...139 lines deleted...]
-          <x:t>0,751</x:t>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,213</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,941</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,734</x:t>
-[...274 lines deleted...]
-          <x:t>1,881</x:t>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,379</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>