--- v5 (2026-02-22)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ref3771824b4c4a15" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R51e14c37c3f44d24" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9fdf0871b1704da7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcb13a031b44146ad"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf76ebfdf35754e5c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9fdf0871b1704da7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfee1a98e8ef14c84" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcb13a031b44146ad" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476787226</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...26 lines deleted...]
-          <x:t>22.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,291</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,358</x:t>
-[...48 lines deleted...]
-          <x:t>1,255</x:t>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,261</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,375</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...519 lines deleted...]
-          <x:t>1,379</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,053</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>