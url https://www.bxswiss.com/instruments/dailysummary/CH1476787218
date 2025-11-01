--- v0 (2025-10-12)
+++ v1 (2025-11-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R160a3a110a7d4580" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R27122a6a85fa418d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R77020c7c13e44c8f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd67e39fd262346a9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R65f8daa83d1649ce" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R77020c7c13e44c8f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb3584a9ee76f4401" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd67e39fd262346a9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476787218</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>1,405</x:t>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,675</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,455</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,225</x:t>
-[...11 lines deleted...]
-          <x:t>11.09.2025</x:t>
+          <x:t>1,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,445</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,265</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,345</x:t>
-[...20 lines deleted...]
-        <x:is>
           <x:t>1,295</x:t>
-        </x:is>
-[...553 lines deleted...]
-          <x:t>1,875</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>