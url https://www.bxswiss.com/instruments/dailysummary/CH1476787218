--- v1 (2025-11-01)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R27122a6a85fa418d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf0421e37e3514d30" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd67e39fd262346a9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R737dc700c9424855"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb3584a9ee76f4401" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd67e39fd262346a9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re69cddb8e1644e16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R737dc700c9424855" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476787218</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>1,295</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,050</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>