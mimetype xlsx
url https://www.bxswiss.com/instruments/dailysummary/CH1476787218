--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf0421e37e3514d30" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd46acd08191348b2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R737dc700c9424855"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbbe8bc999c7c44db"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re69cddb8e1644e16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R737dc700c9424855" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R25c22ac88d7947cf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbbe8bc999c7c44db" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476787218</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...377 lines deleted...]
-          <x:t>09.12.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,028</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,112</x:t>
-[...43 lines deleted...]
-          <x:t>11.12.2025</x:t>
+          <x:t>0,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,031</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,231</x:t>
-[...139 lines deleted...]
-          <x:t>0,806</x:t>
+          <x:t>1,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,014</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...23 lines deleted...]
-          <x:t>1,050</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,015</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>