--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd46acd08191348b2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0fec4198614b4e73" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbbe8bc999c7c44db"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0707625413d24f20"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R25c22ac88d7947cf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbbe8bc999c7c44db" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R03d7c04547414b4a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0707625413d24f20" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476787218</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...112 lines deleted...]
-          <x:t>0,976</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,335</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,049</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,896</x:t>
-[...134 lines deleted...]
-          <x:t>0,933</x:t>
+          <x:t>1,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,279</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,993</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...89 lines deleted...]
-          <x:t>1,554</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,639</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,483</x:t>
-[...85 lines deleted...]
-          <x:t>2,015</x:t>
+          <x:t>1,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,515</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>