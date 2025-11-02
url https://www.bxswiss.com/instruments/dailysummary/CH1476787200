--- v0 (2025-10-12)
+++ v1 (2025-11-02)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R24362111d084435b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R31d9172e94074ad1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R268b174ae55c4123"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc5cb423b4101458f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6e62119e249d4e73" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R268b174ae55c4123" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R15c5875da9d94ea6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc5cb423b4101458f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476787200</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>1,485</x:t>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,785</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,545</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,305</x:t>
-[...16 lines deleted...]
-          <x:t>1,355</x:t>
+          <x:t>1,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,605</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,435</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,265</x:t>
+          <x:t>1,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,535</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,345</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...145 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,385</x:t>
-        </x:is>
-[...413 lines deleted...]
-          <x:t>1,975</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>