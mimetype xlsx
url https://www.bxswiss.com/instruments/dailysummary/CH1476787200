--- v1 (2025-11-02)
+++ v2 (2025-11-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R31d9172e94074ad1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd841c538bf0f4053" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc5cb423b4101458f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcf7b32f0fc964a17"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R15c5875da9d94ea6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc5cb423b4101458f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdf2aefefe40a4253" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcf7b32f0fc964a17" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476787200</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.10.2025</x:t>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,635</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,375</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,725</x:t>
+          <x:t>1,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,345</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,725</x:t>
-[...232 lines deleted...]
-          <x:t>1,915</x:t>
+          <x:t>1,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,515</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,715</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...72 lines deleted...]
-          <x:t>1,585</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,345</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,465</x:t>
-[...269 lines deleted...]
-          <x:t>1,385</x:t>
+          <x:t>1,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,702</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>