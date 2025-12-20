--- v2 (2025-11-24)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd841c538bf0f4053" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R34d812e62a864f77" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcf7b32f0fc964a17"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf91e30b705394361"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdf2aefefe40a4253" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcf7b32f0fc964a17" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf78fa65a83ed4683" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf91e30b705394361" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476787200</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.10.2025</x:t>
-[...441 lines deleted...]
-          <x:t>1,375</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,066</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,236</x:t>
-[...38 lines deleted...]
-          <x:t>0,792</x:t>
+          <x:t>1,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,120</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,884</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,734</x:t>
-[...85 lines deleted...]
-          <x:t>0,702</x:t>
+          <x:t>1,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,146</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>