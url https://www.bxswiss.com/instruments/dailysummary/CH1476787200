--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R34d812e62a864f77" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0a0ada7052c14675" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf91e30b705394361"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2b7a1abbc73f4350"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf78fa65a83ed4683" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf91e30b705394361" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8f726701ecbc4fd6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2b7a1abbc73f4350" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476787200</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...198 lines deleted...]
-          <x:t>1,054</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,107</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,926</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,002</x:t>
-[...60 lines deleted...]
-          <x:t>03.12.2025</x:t>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,902</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,946</x:t>
-[...43 lines deleted...]
-          <x:t>05.12.2025</x:t>
+          <x:t>1,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,144</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,008</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,162</x:t>
-[...165 lines deleted...]
-        <x:is>
           <x:t>1,121</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...109 lines deleted...]
-          <x:t>1,146</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,153</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>