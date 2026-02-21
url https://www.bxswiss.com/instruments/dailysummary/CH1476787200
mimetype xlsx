--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0a0ada7052c14675" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5541ca06a3204722" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2b7a1abbc73f4350"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R432ef55480694073"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8f726701ecbc4fd6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2b7a1abbc73f4350" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5abe7e4b9d5a42ad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R432ef55480694073" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476787200</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...26 lines deleted...]
-          <x:t>11.12.2025</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,120</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,331</x:t>
-[...414 lines deleted...]
-          <x:t>2,153</x:t>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,659</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>