--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5541ca06a3204722" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re93f94968db345d3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R432ef55480694073"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R71604193d4d34e25"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5abe7e4b9d5a42ad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R432ef55480694073" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R934f48549d9147f6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R71604193d4d34e25" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476787200</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...4 lines deleted...]
-          <x:t>1,615</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,333</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,625</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...627 lines deleted...]
-          <x:t>1,659</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,083</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>