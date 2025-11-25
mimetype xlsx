--- v0 (2025-10-16)
+++ v1 (2025-11-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rde9b20f37fc14d12" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4e9e98e442ce4690" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rae7169ab4d8e4ac8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R02c707f0003f4e76"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5bb4a10872674f07" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rae7169ab4d8e4ac8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R85b68fc0283449ba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R02c707f0003f4e76" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476787192</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,435</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,495</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,565</x:t>
-[...102 lines deleted...]
-          <x:t>1,415</x:t>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,855</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,475</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,315</x:t>
-[...134 lines deleted...]
-          <x:t>1,295</x:t>
+          <x:t>1,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,435</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...347 lines deleted...]
-          <x:t>1,915</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,768</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>