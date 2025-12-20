--- v1 (2025-11-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4e9e98e442ce4690" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf50f320fc98d45c6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R02c707f0003f4e76"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7c88079f93f74aa2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R85b68fc0283449ba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R02c707f0003f4e76" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0c0ac9748b5f4cec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7c88079f93f74aa2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476787192</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.10.2025</x:t>
-[...414 lines deleted...]
-          <x:t>1,475</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,261</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,144</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,324</x:t>
-[...161 lines deleted...]
-          <x:t>0,768</x:t>
+          <x:t>1,244</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>