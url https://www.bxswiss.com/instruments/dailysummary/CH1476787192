--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf50f320fc98d45c6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd50caae4fd4848af" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7c88079f93f74aa2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd33381812bc142fe"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0c0ac9748b5f4cec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7c88079f93f74aa2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R97288a9cd58e4c24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd33381812bc142fe" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476787192</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...333 lines deleted...]
-          <x:t>1,100</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,984</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,054</x:t>
-[...48 lines deleted...]
-          <x:t>1,128</x:t>
+          <x:t>1,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,186</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...226 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,261</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,144</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,295</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>