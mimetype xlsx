--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd50caae4fd4848af" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3e3b150fcbf347c1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd33381812bc142fe"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdd9a0c5dc7dd4e1f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R97288a9cd58e4c24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd33381812bc142fe" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3956e455c9894fc9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdd9a0c5dc7dd4e1f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476787192</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...144 lines deleted...]
-          <x:t>1,203</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,008</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,019</x:t>
-[...141 lines deleted...]
-          <x:t>30.12.2025</x:t>
+          <x:t>1,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,172</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,392</x:t>
-[...4 lines deleted...]
-          <x:t>1,172</x:t>
+          <x:t>1,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,389</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>05.01.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,685</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,497</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,768</x:t>
-[...117 lines deleted...]
-          <x:t>2,295</x:t>
+          <x:t>1,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,807</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>