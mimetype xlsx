--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3e3b150fcbf347c1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Red488787a5324e00" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdd9a0c5dc7dd4e1f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R47f5476980604e02"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3956e455c9894fc9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdd9a0c5dc7dd4e1f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R771a5bf35ffc497d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R47f5476980604e02" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476787192</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,554 +149,149 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...63 lines deleted...]
-          <x:t>1,729</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,551</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,651</x:t>
-[...291 lines deleted...]
-          <x:t>1,042</x:t>
+          <x:t>1,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,573</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,313</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...128 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,455</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,575</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,597</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,297</x:t>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,589</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,937</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,481</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,104</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>