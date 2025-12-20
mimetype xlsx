--- v0 (2025-10-12)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4ba6cd2102084e65" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0d16edf3ad7045c7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rec119539f9114f52"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R97e4b35ac14c49af"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R02d4c8226fcd4fee" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rec119539f9114f52" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R01edfa4941434fe6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R97e4b35ac14c49af" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476787184</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.09.2025</x:t>
-[...176 lines deleted...]
-          <x:t>1,305</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,208</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,455</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.09.2025</x:t>
-[...424 lines deleted...]
-          <x:t>2,195</x:t>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,350</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>