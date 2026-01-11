--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0d16edf3ad7045c7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra9f9f8c07cfd439d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R97e4b35ac14c49af"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R66f07a5db8564a35"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R01edfa4941434fe6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R97e4b35ac14c49af" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3c7cfa6215cd413b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R66f07a5db8564a35" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476787184</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...188 lines deleted...]
-          <x:t>27.11.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,097</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,106</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...249 lines deleted...]
-          <x:t>1,230</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,072</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,318</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...150 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,056</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,301</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,286</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,365</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,243</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,439</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>