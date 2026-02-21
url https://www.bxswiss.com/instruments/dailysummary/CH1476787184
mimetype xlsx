--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra9f9f8c07cfd439d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R33f665a62d144cc9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R66f07a5db8564a35"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1e6a46620709497d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3c7cfa6215cd413b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R66f07a5db8564a35" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R336fbd9f86544d06" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1e6a46620709497d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476787184</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...36 lines deleted...]
-          <x:t>1,547</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,050</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,208</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...305 lines deleted...]
-          <x:t>06.01.2026</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,885</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,935</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,031</x:t>
-[...90 lines deleted...]
-          <x:t>2,439</x:t>
+          <x:t>1,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,961</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>