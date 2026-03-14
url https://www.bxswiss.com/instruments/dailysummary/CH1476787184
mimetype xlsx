--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R33f665a62d144cc9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcc03ab1bc9b24759" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1e6a46620709497d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdaff5370317042aa"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R336fbd9f86544d06" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1e6a46620709497d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R63d50d94f79d4f71" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdaff5370317042aa" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476787184</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...14 lines deleted...]
-          <x:t>1,541</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,689</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...175 lines deleted...]
-          <x:t>1,600</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,438</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,059</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,091</x:t>
-[...431 lines deleted...]
-          <x:t>1,961</x:t>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,132</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>