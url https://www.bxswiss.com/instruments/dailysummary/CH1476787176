--- v0 (2025-10-12)
+++ v1 (2025-11-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R98d4aa85bdcf421e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf99113ceba1d46b8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd8feb8381b094611"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2dc44f071ea24414"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0e1f05f2783e4c57" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd8feb8381b094611" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R98776b7651364131" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2dc44f071ea24414" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476787176</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>1,765</x:t>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,835</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>1,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>1,565</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,595</x:t>
-[...6 lines deleted...]
-          <x:t>11.09.2025</x:t>
+          <x:t>1,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,625</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,715</x:t>
-[...160 lines deleted...]
-        <x:is>
           <x:t>1,665</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,485</x:t>
-[...409 lines deleted...]
-          <x:t>2,315</x:t>
+          <x:t>1,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,894</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>