--- v1 (2025-11-24)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf99113ceba1d46b8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc2eba18a41a2488e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2dc44f071ea24414"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R51f4e89b5b224329"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R98776b7651364131" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2dc44f071ea24414" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcc1a626f9c0e4fd5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R51f4e89b5b224329" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476787176</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.10.2025</x:t>
-[...333 lines deleted...]
-          <x:t>1,685</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,424</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,515</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...244 lines deleted...]
-          <x:t>0,894</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,463</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>