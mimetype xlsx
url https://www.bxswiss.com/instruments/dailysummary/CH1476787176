--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc2eba18a41a2488e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8963abe0e5bb4f2f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R51f4e89b5b224329"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R953e24d91bc54512"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcc1a626f9c0e4fd5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R51f4e89b5b224329" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0787d4ed9aab4bbc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R953e24d91bc54512" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476787176</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...230 lines deleted...]
-          <x:t>1,168</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,446</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,260</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...305 lines deleted...]
-          <x:t>1,359</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,312</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,446</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...87 lines deleted...]
-          <x:t>1,463</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,587</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>