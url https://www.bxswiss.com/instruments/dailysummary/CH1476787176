--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8963abe0e5bb4f2f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra1a5f0dc4ecf4c17" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R953e24d91bc54512"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6c0148a8bc734395"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0787d4ed9aab4bbc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R953e24d91bc54512" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reaf6dc6363b344cd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6c0148a8bc734395" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476787176</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...63 lines deleted...]
-          <x:t>1,771</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,831</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,485</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,520</x:t>
-[...377 lines deleted...]
-          <x:t>2,587</x:t>
+          <x:t>1,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,115</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>