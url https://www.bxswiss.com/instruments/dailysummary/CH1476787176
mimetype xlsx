--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra1a5f0dc4ecf4c17" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R484d35288ffe4441" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6c0148a8bc734395"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R10144b00fcf24792"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reaf6dc6363b344cd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6c0148a8bc734395" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra4791f983d9248c8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R10144b00fcf24792" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476787176</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...26 lines deleted...]
-          <x:t>21.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,145</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,779</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,792</x:t>
-[...48 lines deleted...]
-          <x:t>1,857</x:t>
+          <x:t>2,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,279</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,989</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,818</x:t>
-[...544 lines deleted...]
-          <x:t>2,115</x:t>
+          <x:t>2,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,164</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>