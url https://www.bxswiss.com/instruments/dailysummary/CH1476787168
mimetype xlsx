--- v0 (2025-10-12)
+++ v1 (2025-11-02)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfa1c605cd1094302" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rca59b50b3d644301" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R13f3d36f893c48b9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R42104f78cae14d27"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4b4770bd6623423e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R13f3d36f893c48b9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R32cca3c42b3c4c70" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R42104f78cae14d27" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476787168</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>1,875</x:t>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,835</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,945</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...600 lines deleted...]
-          <x:t>2,425</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,765</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>