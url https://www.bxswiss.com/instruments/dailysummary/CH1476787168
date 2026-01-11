--- v1 (2025-11-02)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rca59b50b3d644301" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf5dc2514628544bb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R42104f78cae14d27"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R13051ff01beb4c92"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R32cca3c42b3c4c70" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R42104f78cae14d27" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R01367aca8af442d2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R13051ff01beb4c92" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476787168</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.10.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,737</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,755</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,165</x:t>
-[...603 lines deleted...]
-          <x:t>1,765</x:t>
+          <x:t>1,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,738</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>