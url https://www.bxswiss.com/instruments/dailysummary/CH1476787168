--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf5dc2514628544bb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rae4d6e9f97ce44c0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R13051ff01beb4c92"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R26913e0e3e814531"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R01367aca8af442d2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R13051ff01beb4c92" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdc64fc40181e44e1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R26913e0e3e814531" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476787168</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>2,738</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,271</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>