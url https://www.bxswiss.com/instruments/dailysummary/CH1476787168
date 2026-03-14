--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rae4d6e9f97ce44c0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re7f0b311d66c490c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R26913e0e3e814531"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2142bdec39ae48e3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdc64fc40181e44e1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R26913e0e3e814531" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3b52f226503847c2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2142bdec39ae48e3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476787168</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...63 lines deleted...]
-          <x:t>2,130</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,621</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,951</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...45 lines deleted...]
-          <x:t>2,194</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,305</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,935</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,017</x:t>
-[...485 lines deleted...]
-          <x:t>2,271</x:t>
+          <x:t>2,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,202</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>