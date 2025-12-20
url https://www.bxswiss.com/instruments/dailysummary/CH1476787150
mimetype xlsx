--- v0 (2025-10-12)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R50269dd231d546f0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5b13e7c5020c455b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra35639e49e24494b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R07bcbc28a5c14a91"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5e94fbd542374ff7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra35639e49e24494b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R61137d9a18f44ef8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R07bcbc28a5c14a91" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476787150</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.09.2025</x:t>
-[...203 lines deleted...]
-          <x:t>1,675</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,616</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,715</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...401 lines deleted...]
-          <x:t>2,545</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,696</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>