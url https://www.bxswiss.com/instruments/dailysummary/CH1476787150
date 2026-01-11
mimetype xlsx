--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5b13e7c5020c455b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rce46f0a7400042b6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R07bcbc28a5c14a91"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0442dfb760324546"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R61137d9a18f44ef8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R07bcbc28a5c14a91" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R488feec5e4cc4bf2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0442dfb760324546" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476787150</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...355 lines deleted...]
-          <x:t>1,482</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,680</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,460</x:t>
-[...274 lines deleted...]
-          <x:t>1,696</x:t>
+          <x:t>1,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,890</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>