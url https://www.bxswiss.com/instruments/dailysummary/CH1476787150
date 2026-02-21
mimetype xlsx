--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rce46f0a7400042b6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb07d68f209e4481f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0442dfb760324546"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R980de2e2b41a4255"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R488feec5e4cc4bf2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0442dfb760324546" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R75e025e71bc44f08" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R980de2e2b41a4255" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476787150</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...31 lines deleted...]
-          <x:t>1,636</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,180</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,905</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,517</x:t>
-[...11 lines deleted...]
-          <x:t>12.12.2025</x:t>
+          <x:t>2,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,135</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,919</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,026</x:t>
-[...387 lines deleted...]
-          <x:t>2,890</x:t>
+          <x:t>1,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,431</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>