--- v3 (2026-02-21)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb07d68f209e4481f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra5ae99132e3c43a0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R980de2e2b41a4255"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R075dc173e6c3436e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R75e025e71bc44f08" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R980de2e2b41a4255" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R332da3c827314488" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R075dc173e6c3436e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476787150</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>21.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,040</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,055</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,672</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,866</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>