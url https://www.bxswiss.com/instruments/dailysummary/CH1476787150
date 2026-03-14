--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra5ae99132e3c43a0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R45e24100141d4f28" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R075dc173e6c3436e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0db9feb1bf514f79"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R332da3c827314488" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R075dc173e6c3436e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra3f3836697104acc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0db9feb1bf514f79" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476787150</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...36 lines deleted...]
-          <x:t>2,286</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,399</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,077</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,199</x:t>
-[...48 lines deleted...]
-          <x:t>2,062</x:t>
+          <x:t>2,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,067</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,251</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...509 lines deleted...]
-          <x:t>2,431</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,246</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>