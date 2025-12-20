--- v0 (2025-10-12)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R076b2130cd5a406c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf6a0b1034d1a416b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6d43f7ff7abd4cc3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra83fe5e4fa6745c3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7c99a613d4f544ef" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6d43f7ff7abd4cc3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7f8d8efb3d9d4b6a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra83fe5e4fa6745c3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476787143</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.09.2025</x:t>
-[...161 lines deleted...]
-          <x:t>18.09.2025</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,695</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,875</x:t>
-[...43 lines deleted...]
-          <x:t>22.09.2025</x:t>
+          <x:t>1,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,735</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,765</x:t>
-[...387 lines deleted...]
-          <x:t>2,655</x:t>
+          <x:t>1,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,821</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>