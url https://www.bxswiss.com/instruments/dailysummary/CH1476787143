--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf6a0b1034d1a416b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2246d289bdef45bb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra83fe5e4fa6745c3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2c8b41239478494d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7f8d8efb3d9d4b6a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra83fe5e4fa6745c3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4086e82d1c474863" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2c8b41239478494d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476787143</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...419 lines deleted...]
-          <x:t>1,720</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,809</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,848</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...212 lines deleted...]
-          <x:t>1,821</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,046</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>