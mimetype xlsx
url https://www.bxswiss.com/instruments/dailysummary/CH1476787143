--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2246d289bdef45bb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ref152a6dad9a4ef7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2c8b41239478494d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra1fed84b083244ea"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4086e82d1c474863" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2c8b41239478494d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4762e7754a1f4a03" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra1fed84b083244ea" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476787143</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...58 lines deleted...]
-          <x:t>2,047</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,983</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,155</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...384 lines deleted...]
-          <x:t>3,046</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,593</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>