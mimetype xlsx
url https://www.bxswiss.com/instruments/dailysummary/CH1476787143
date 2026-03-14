--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ref152a6dad9a4ef7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R244218912e6f41a4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra1fed84b083244ea"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd921719328464996"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4762e7754a1f4a03" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra1fed84b083244ea" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R42395fc047e44df3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd921719328464996" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476787143</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...112 lines deleted...]
-          <x:t>2,459</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,397</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,493</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,221</x:t>
-[...490 lines deleted...]
-          <x:t>2,593</x:t>
+          <x:t>2,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,297</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>