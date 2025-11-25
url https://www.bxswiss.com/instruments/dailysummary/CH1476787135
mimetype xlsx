--- v0 (2025-10-14)
+++ v1 (2025-11-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rddd0a660b9e848bb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R08d2d80bb4624f07" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf46913c7ebd24524"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf7ee8101c7814512"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb5232a86fa6c446e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf46913c7ebd24524" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R43e3c837b03643a5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf7ee8101c7814512" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476787135</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,965</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,105</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,195</x:t>
-[...4 lines deleted...]
-          <x:t>1,985</x:t>
+          <x:t>1,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,055</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...89 lines deleted...]
-          <x:t>2,005</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,075</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,885</x:t>
-[...80 lines deleted...]
-          <x:t>1,795</x:t>
+          <x:t>2,185</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,995</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...57 lines deleted...]
-          <x:t>29.09.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,115</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,125</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...6 lines deleted...]
-          <x:t>1,935</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,065</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...293 lines deleted...]
-          <x:t>2,685</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,222</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>