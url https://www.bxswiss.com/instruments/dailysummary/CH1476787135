--- v1 (2025-11-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R08d2d80bb4624f07" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re3f824b6afbb468e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf7ee8101c7814512"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R77ddfab9fc254030"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R43e3c837b03643a5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf7ee8101c7814512" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra38e8966ed8240e1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R77ddfab9fc254030" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476787135</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.10.2025</x:t>
-[...431 lines deleted...]
-          <x:t>17.11.2025</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,936</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,958</x:t>
-[...144 lines deleted...]
-          <x:t>1,222</x:t>
+          <x:t>1,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,950</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>