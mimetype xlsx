--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re3f824b6afbb468e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4332942b14c3495e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R77ddfab9fc254030"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfd26e97ce62c4bc5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra38e8966ed8240e1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R77ddfab9fc254030" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R393c165915514782" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfd26e97ce62c4bc5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476787135</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...188 lines deleted...]
-          <x:t>27.11.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,582</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,694</x:t>
-[...247 lines deleted...]
-          <x:t>1,764</x:t>
+          <x:t>1,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,572</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,878</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
-[...160 lines deleted...]
-        <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,859</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,969</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,809</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,204</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>