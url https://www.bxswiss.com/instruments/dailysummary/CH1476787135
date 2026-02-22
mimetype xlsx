--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4332942b14c3495e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9b63985776554cfb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfd26e97ce62c4bc5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1792fd34f2ad4d5a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R393c165915514782" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfd26e97ce62c4bc5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R79282d8ceb234fc6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1792fd34f2ad4d5a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476787135</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...215 lines deleted...]
-          <x:t>22.12.2025</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,335</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,927</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,999</x:t>
-[...43 lines deleted...]
-          <x:t>29.12.2025</x:t>
+          <x:t>2,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,679</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,943</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...23 lines deleted...]
-          <x:t>1,881</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,127</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,159</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...141 lines deleted...]
-          <x:t>3,204</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,753</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>