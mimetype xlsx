--- v4 (2026-02-22)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9b63985776554cfb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R72f7a7315c1b4025" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1792fd34f2ad4d5a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7cf346f3d1014ac6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R79282d8ceb234fc6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1792fd34f2ad4d5a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R60b7307ae438446a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7cf346f3d1014ac6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476787135</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...122 lines deleted...]
-          <x:t>2,368</x:t>
+          <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,459</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...18 lines deleted...]
-          <x:t>2,187</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,723</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,383</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...425 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,423</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,499</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,903</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,379</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>