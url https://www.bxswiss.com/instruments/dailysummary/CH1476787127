--- v0 (2025-10-12)
+++ v1 (2025-11-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rad36e1cb6ae94af9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R78116a376947481b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9bef438b83374ba7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0a9232effba9488f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5635e8129bc946de" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9bef438b83374ba7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R83278d35204e43ef" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0a9232effba9488f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476787127</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.09.2025</x:t>
-[...14 lines deleted...]
-          <x:t>2,075</x:t>
+          <x:t>30.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,105</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...30 lines deleted...]
-          <x:t>12.09.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,185</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,255</x:t>
-[...31 lines deleted...]
-          <x:t>2,095</x:t>
+          <x:t>2,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,425</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,175</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...509 lines deleted...]
-          <x:t>2,905</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,215</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>