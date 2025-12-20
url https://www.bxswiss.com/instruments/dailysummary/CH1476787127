--- v1 (2025-11-01)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R78116a376947481b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra002935f56ec475a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0a9232effba9488f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reccb566a35a44a05"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R83278d35204e43ef" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0a9232effba9488f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcd4b9af6c09a4f01" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reccb566a35a44a05" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476787127</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>2,215</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,082</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>