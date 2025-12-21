--- v2 (2025-12-20)
+++ v3 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra002935f56ec475a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R434e9fd91ec44a60" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reccb566a35a44a05"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra0601e9a69154235"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcd4b9af6c09a4f01" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reccb566a35a44a05" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R627de439e8634202" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra0601e9a69154235" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476787127</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>19.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,364</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,524</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,314</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,382</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>