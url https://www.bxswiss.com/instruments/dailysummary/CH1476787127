--- v3 (2025-12-21)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R434e9fd91ec44a60" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R85751d5cfc2c4888" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra0601e9a69154235"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd1aca79d08b24a85"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R627de439e8634202" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra0601e9a69154235" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re714319f1bbe4b0e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd1aca79d08b24a85" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476787127</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,062</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,092</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,884</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,002</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,987</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,102</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,936</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,363</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>