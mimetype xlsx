--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R85751d5cfc2c4888" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R79efdcc9cc904749" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd1aca79d08b24a85"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcb73be8294ae497e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re714319f1bbe4b0e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd1aca79d08b24a85" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra3c45bf4a9e04dcb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcb73be8294ae497e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476787127</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...63 lines deleted...]
-          <x:t>2,427</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,813</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,084</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...266 lines deleted...]
-          <x:t>2,406</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,619</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,747</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...104 lines deleted...]
-          <x:t>3,363</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,851</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>