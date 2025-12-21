--- v0 (2025-10-12)
+++ v1 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R01e435c793eb4a24" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbf121573baa942a6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd8a5aa2cef144c1c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re289ff30eba24cde"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R135106cf2d5c4212" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd8a5aa2cef144c1c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reeb6845a67ef4559" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re289ff30eba24cde" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476787119</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.09.2025</x:t>
-[...9 lines deleted...]
-          <x:t>2,515</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,073</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,185</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,215</x:t>
-[...16 lines deleted...]
-          <x:t>2,375</x:t>
+          <x:t>1,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,125</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,255</x:t>
-[...566 lines deleted...]
-          <x:t>3,035</x:t>
+          <x:t>2,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,218</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>