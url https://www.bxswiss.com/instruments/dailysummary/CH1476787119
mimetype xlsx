--- v1 (2025-12-21)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbf121573baa942a6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb1f13243aa8b4241" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re289ff30eba24cde"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7bbee998b25048ff"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reeb6845a67ef4559" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re289ff30eba24cde" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1d3f47141a414b40" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7bbee998b25048ff" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476787119</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...139 lines deleted...]
-          <x:t>1,704</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,160</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,810</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,520</x:t>
-[...259 lines deleted...]
-          <x:t>2,190</x:t>
+          <x:t>2,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,149</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,224</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,008</x:t>
-[...75 lines deleted...]
-          <x:t>2,402</x:t>
+          <x:t>2,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,152</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,268</x:t>
-[...107 lines deleted...]
-          <x:t>2,218</x:t>
+          <x:t>2,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,524</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>