--- v2 (2026-01-11)
+++ v3 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb1f13243aa8b4241" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R168b16738b1e4c5a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7bbee998b25048ff"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R72df9bbfb8de4d81"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1d3f47141a414b40" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7bbee998b25048ff" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdac4b629d6a84408" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R72df9bbfb8de4d81" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476787119</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>3,524</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,021</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>