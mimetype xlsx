--- v0 (2025-10-15)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7438c39a6fc84ac6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfa12bc53c2a349af" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R249459ac59034e98"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R43a9f3bdcfee48ae"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc950c1490ffc415f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R249459ac59034e98" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6e7a0c4c1e7b4518" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R43a9f3bdcfee48ae" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476787101</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>3,065</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,358</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>