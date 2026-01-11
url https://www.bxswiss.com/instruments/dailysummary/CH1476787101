--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfa12bc53c2a349af" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra82a8ee1059e4bc8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R43a9f3bdcfee48ae"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8b4eb245dfa94c34"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6e7a0c4c1e7b4518" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R43a9f3bdcfee48ae" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd778bfb96b8043c0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8b4eb245dfa94c34" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476787101</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,324</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,358</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,134</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,263</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,253</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,377</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,199</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,687</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>