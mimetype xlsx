--- v0 (2025-10-12)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R56b80462f65849d0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R95ced41a940949e6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R73cf09a6f0624fc2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6d04b34e9bb14938"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R324f9c98810141dd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R73cf09a6f0624fc2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R15d5382bb1ef463d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6d04b34e9bb14938" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476787093</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.09.2025</x:t>
-[...90 lines deleted...]
-          <x:t>2,675</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,079</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,435</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,525</x:t>
-[...512 lines deleted...]
-          <x:t>3,295</x:t>
+          <x:t>2,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,501</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>