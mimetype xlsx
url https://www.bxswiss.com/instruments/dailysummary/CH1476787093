--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R95ced41a940949e6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf2c0e998f5ac47a8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6d04b34e9bb14938"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5ea187c804d44dab"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R15d5382bb1ef463d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6d04b34e9bb14938" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R150e60dda67d4c12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5ea187c804d44dab" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476787093</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,460</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,498</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,266</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,398</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,391</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,521</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,337</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,852</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>