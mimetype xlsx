--- v0 (2025-10-15)
+++ v1 (2025-11-04)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6bfeac1e0a504f08" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0cecce3cf4b64b32" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R66bbeb28fa7744b1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R136790b591874c6b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re26dac8885f44fb4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R66bbeb28fa7744b1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rabc1b729d5b44815" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R136790b591874c6b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476787085</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>2,705</x:t>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,045</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,805</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,555</x:t>
-[...308 lines deleted...]
-          <x:t>01.10.2025</x:t>
+          <x:t>2,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,945</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,665</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,165</x:t>
-[...252 lines deleted...]
-          <x:t>3,325</x:t>
+          <x:t>2,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,915</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>