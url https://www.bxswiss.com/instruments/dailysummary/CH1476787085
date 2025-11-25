--- v1 (2025-11-04)
+++ v2 (2025-11-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0cecce3cf4b64b32" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4a03a7ba7be348e4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R136790b591874c6b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R23e6020ddd4a4350"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rabc1b729d5b44815" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R136790b591874c6b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3405fc69737345d1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R23e6020ddd4a4350" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476787085</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.10.2025</x:t>
-[...252 lines deleted...]
-          <x:t>3,325</x:t>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,045</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,325</x:t>
-[...6 lines deleted...]
-          <x:t>17.10.2025</x:t>
+          <x:t>2,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,695</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,825</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,945</x:t>
-[...70 lines deleted...]
-          <x:t>22.10.2025</x:t>
+          <x:t>2,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,995</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,285</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,305</x:t>
-[...205 lines deleted...]
-          <x:t>03.11.2025</x:t>
+          <x:t>2,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,255</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,735</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,095</x:t>
-[...9 lines deleted...]
-          <x:t>2,915</x:t>
+          <x:t>2,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,716</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>