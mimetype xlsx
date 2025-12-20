--- v2 (2025-11-25)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4a03a7ba7be348e4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbc2f23c211b24d9a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R23e6020ddd4a4350"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R35a37e1d28c74fee"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3405fc69737345d1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R23e6020ddd4a4350" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R697a91072c354cde" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R35a37e1d28c74fee" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476787085</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.10.2025</x:t>
-[...446 lines deleted...]
-          <x:t>2,106</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,054</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,168</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...131 lines deleted...]
-          <x:t>1,716</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,649</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>