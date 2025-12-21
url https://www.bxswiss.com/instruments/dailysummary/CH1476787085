--- v3 (2025-12-20)
+++ v4 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbc2f23c211b24d9a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd49ca668eb7f4ca9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R35a37e1d28c74fee"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5e785109b9554620"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R697a91072c354cde" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R35a37e1d28c74fee" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R684e4a06a07f494f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5e785109b9554620" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476787085</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>19.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,756</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,950</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,696</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,780</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>