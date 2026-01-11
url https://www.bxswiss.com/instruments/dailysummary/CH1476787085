--- v4 (2025-12-21)
+++ v5 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd49ca668eb7f4ca9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R798cccaa1b02400f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5e785109b9554620"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra3f5357c1a764364"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R684e4a06a07f494f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5e785109b9554620" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcf11e27339bf458f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra3f5357c1a764364" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476787085</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...355 lines deleted...]
-          <x:t>2,442</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,541</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,562</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,390</x:t>
-[...65 lines deleted...]
-          <x:t>11.12.2025</x:t>
+          <x:t>2,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,532</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,863</x:t>
-[...21 lines deleted...]
-          <x:t>2,884</x:t>
+          <x:t>2,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,378</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,008</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,624</x:t>
-[...139 lines deleted...]
-          <x:t>2,649</x:t>
+          <x:t>3,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,018</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>