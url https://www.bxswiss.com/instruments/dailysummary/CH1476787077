--- v0 (2025-10-14)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7ffa94c360a848d5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R79ccf334f6e34735" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R16d82a02076d4187"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5db6823d349149d1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbea4064c93cd4fa5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R16d82a02076d4187" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9dbbf13d84814b86" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5db6823d349149d1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476787077</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...215 lines deleted...]
-          <x:t>25.09.2025</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,538</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,675</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...362 lines deleted...]
-          <x:t>3,465</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,794</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>