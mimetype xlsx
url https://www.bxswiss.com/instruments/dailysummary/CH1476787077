--- v1 (2025-12-20)
+++ v2 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R79ccf334f6e34735" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rebe5b6517d4f4cf9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5db6823d349149d1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3796deafed52481b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9dbbf13d84814b86" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5db6823d349149d1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R74aec697335e459f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3796deafed52481b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476787077</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...392 lines deleted...]
-          <x:t>2,528</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,622</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...94 lines deleted...]
-          <x:t>3,158</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,767</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,815</x:t>
-[...134 lines deleted...]
-          <x:t>2,794</x:t>
+          <x:t>2,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,186</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>