--- v0 (2025-10-12)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb1cd6930681945f9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbb5b5e413da54457" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd3bd5fc91a744589"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6cc303545f024ba0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3af7c2387bae4c65" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd3bd5fc91a744589" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbd2c3e07856b4a88" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6cc303545f024ba0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476787069</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.09.2025</x:t>
-[...90 lines deleted...]
-          <x:t>3,065</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,815</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,905</x:t>
-[...151 lines deleted...]
-          <x:t>2,875</x:t>
+          <x:t>3,162</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,665</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,755</x:t>
-[...11 lines deleted...]
-          <x:t>2,695</x:t>
+          <x:t>3,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,768</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,895</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,595</x:t>
-[...328 lines deleted...]
-          <x:t>3,705</x:t>
+          <x:t>2,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,948</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>