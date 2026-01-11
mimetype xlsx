--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbb5b5e413da54457" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R11780294ff2147be" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6cc303545f024ba0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0b247505f93547dc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbd2c3e07856b4a88" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6cc303545f024ba0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R625f2d2404ee4ad0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0b247505f93547dc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476787069</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,886</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,926</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,678</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,821</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,822</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,965</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,766</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,688</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>