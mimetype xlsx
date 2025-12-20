--- v0 (2025-10-15)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra7ad0c68829b48c9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4e888a95738f4f4d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re4639fdc11f64462"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re2238ca9aff9424c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4b5873e4d8ff4f83" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re4639fdc11f64462" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re49be1ca976a4b65" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re2238ca9aff9424c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476787044</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...193 lines deleted...]
-          <x:t>2,955</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,131</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,155</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,845</x:t>
-[...11 lines deleted...]
-          <x:t>25.09.2025</x:t>
+          <x:t>2,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,274</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,065</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,065</x:t>
-[...360 lines deleted...]
-          <x:t>3,885</x:t>
+          <x:t>3,255</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>