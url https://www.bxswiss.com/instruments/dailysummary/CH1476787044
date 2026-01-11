--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4e888a95738f4f4d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R58b5ed1b86ef4b9b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re2238ca9aff9424c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbdb2ea61a2a245ed"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re49be1ca976a4b65" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re2238ca9aff9424c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R226791cfd8904840" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbdb2ea61a2a245ed" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476787044</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,182</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,224</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,966</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,114</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,121</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,274</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,065</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,017</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>