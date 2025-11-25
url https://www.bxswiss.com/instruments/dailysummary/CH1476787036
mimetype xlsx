--- v0 (2025-10-15)
+++ v1 (2025-11-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R529589ae356b417e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc7e0a87117fc423a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R81d9907044bc4ea5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8d41d3dbd0dd41a8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7794afea340a42ff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R81d9907044bc4ea5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R969f234be07b4130" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8d41d3dbd0dd41a8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476787036</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,205</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,375</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...185 lines deleted...]
-          <x:t>3,095</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,535</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,295</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,975</x:t>
-[...377 lines deleted...]
-          <x:t>3,735</x:t>
+          <x:t>3,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,715</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,304</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>