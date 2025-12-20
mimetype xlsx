--- v1 (2025-11-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc7e0a87117fc423a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raf1b98c8695b4b54" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8d41d3dbd0dd41a8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2a53c06cd87f4de9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R969f234be07b4130" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8d41d3dbd0dd41a8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R90386e6dd83641df" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2a53c06cd87f4de9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476787036</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,509 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.10.2025</x:t>
-[...457 lines deleted...]
-        <x:is>
           <x:t>18.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,372</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,564</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,254</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,344</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -737,31 +278,544 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,434</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,528</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,258</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,409</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>