--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raf1b98c8695b4b54" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rff271f496473491b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2a53c06cd87f4de9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbb3f569e47fe4347"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R90386e6dd83641df" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2a53c06cd87f4de9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re261b4faa2dd4bd8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbb3f569e47fe4347" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476787036</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,617 +149,185 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...365 lines deleted...]
-          <x:t>3,008</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,071</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,180</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...187 lines deleted...]
-        <x:is>
           <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,286</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,311</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,964</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,983</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,276</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,430</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,215</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,184</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>