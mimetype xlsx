--- v0 (2025-10-14)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R534be587fedf4016" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R399f58f9aead42d0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R11b3c0f42d064179"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9ba0919d532749a1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7230c369831f4262" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R11b3c0f42d064179" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb247e0ba95ce4604" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9ba0919d532749a1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476787028</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>4,175</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,568</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>