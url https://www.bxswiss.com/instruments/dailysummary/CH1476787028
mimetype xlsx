--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R399f58f9aead42d0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R607296eae6ed4009" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9ba0919d532749a1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8e3a3d165daf49fd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb247e0ba95ce4604" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9ba0919d532749a1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R36a134905ce64161" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8e3a3d165daf49fd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476787028</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...338 lines deleted...]
-          <x:t>2,976</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,466</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,114</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...192 lines deleted...]
-          <x:t>16.12.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,590</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,370</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,507</x:t>
-[...89 lines deleted...]
-        <x:is>
           <x:t>3,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,352</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>