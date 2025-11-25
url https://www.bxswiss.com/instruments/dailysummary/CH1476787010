--- v0 (2025-10-15)
+++ v1 (2025-11-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc20105e3f46a4368" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1052dfde474c401a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R43ebdc274dd0498d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc41d3d56030846c5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb5dc9f6fc75a4eb1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R43ebdc274dd0498d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R90b75e4c98914bd6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc41d3d56030846c5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476787010</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,655</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,755</x:t>
-[...576 lines deleted...]
-          <x:t>4,315</x:t>
+          <x:t>3,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,560</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>