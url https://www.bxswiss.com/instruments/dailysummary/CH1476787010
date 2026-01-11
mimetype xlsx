--- v1 (2025-11-25)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1052dfde474c401a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7b254908e510465c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc41d3d56030846c5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6762989253c04cee"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R90b75e4c98914bd6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc41d3d56030846c5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R771eddbb85fa48ad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6762989253c04cee" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476787010</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.10.2025</x:t>
-[...90 lines deleted...]
-          <x:t>4,205</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,875</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,925</x:t>
-[...43 lines deleted...]
-          <x:t>3,945</x:t>
+          <x:t>3,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,599</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,625</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,685</x:t>
-[...431 lines deleted...]
-          <x:t>2,560</x:t>
+          <x:t>3,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,521</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>