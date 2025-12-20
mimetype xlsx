--- v0 (2025-10-14)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4c1ec55c78b64d3a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rac463f567438423a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf9eed0ad00474d32"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7609b89fbb0b4022"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R40dcac8a70764274" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf9eed0ad00474d32" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7dd9faccc94f4b00" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7609b89fbb0b4022" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476787002</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...257 lines deleted...]
-          <x:t>3,465</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,913</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,685</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...320 lines deleted...]
-          <x:t>4,465</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,893</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>