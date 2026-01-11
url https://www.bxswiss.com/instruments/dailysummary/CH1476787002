--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rac463f567438423a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8f34ffcb17fc4376" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7609b89fbb0b4022"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re76a7fa1e0e242ed"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7dd9faccc94f4b00" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7609b89fbb0b4022" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3c9b57cf728147fe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re76a7fa1e0e242ed" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476787002</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...193 lines deleted...]
-          <x:t>3,262</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,783</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,422</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,232</x:t>
-[...254 lines deleted...]
-          <x:t>11.12.2025</x:t>
+          <x:t>3,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,981</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,724</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,103</x:t>
-[...171 lines deleted...]
-          <x:t>3,893</x:t>
+          <x:t>3,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,691</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>