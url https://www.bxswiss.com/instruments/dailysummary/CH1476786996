--- v0 (2025-10-12)
+++ v1 (2025-11-02)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re06dfc6d74494cce" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R25fca32ef64d4d97" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7b125c04ef844bf2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raf20aef465dc4a1a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rddea7e64caec480b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7b125c04ef844bf2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R09d13b0c4f6941e0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raf20aef465dc4a1a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476786996</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.09.2025</x:t>
-[...31 lines deleted...]
-          <x:t>3,825</x:t>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,925</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,975</x:t>
-        </x:is>
-[...575 lines deleted...]
-          <x:t>4,725</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>