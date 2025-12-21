--- v1 (2025-11-02)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R25fca32ef64d4d97" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1c7439f9e42d41d3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raf20aef465dc4a1a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4d095f04f8c84791"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R09d13b0c4f6941e0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raf20aef465dc4a1a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcc6fe2970a3d4eb7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4d095f04f8c84791" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476786996</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.10.2025</x:t>
-[...613 lines deleted...]
-          <x:t>3,975</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,054</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>