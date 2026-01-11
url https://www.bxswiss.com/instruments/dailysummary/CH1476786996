--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1c7439f9e42d41d3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R798a7e607b344cb4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4d095f04f8c84791"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R03ed64553d44414b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcc6fe2970a3d4eb7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4d095f04f8c84791" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2a22bbe793e44f9c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R03ed64553d44414b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476786996</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,502 +149,97 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...360 lines deleted...]
-          <x:t>3,920</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,265</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,714</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,826</x:t>
-[...79 lines deleted...]
-        <x:is>
           <x:t>4,120</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,287</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,430</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,987</x:t>
         </x:is>
       </x:c>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,908</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,076</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,846</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,862</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>