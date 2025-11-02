--- v0 (2025-10-12)
+++ v1 (2025-11-02)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R452ed035e8e54d7f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd0a5e6a02f4a4fdc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb2414b417f93480b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raa205968b01a4cb2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R54c495a753d4476e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb2414b417f93480b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7b04cff336fc403d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raa205968b01a4cb2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476786715</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.09.2025</x:t>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,365</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,145</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,205</x:t>
-[...26 lines deleted...]
-          <x:t>1,075</x:t>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,915</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,985</x:t>
-[...10 lines deleted...]
-        <x:is>
           <x:t>1,025</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...131 lines deleted...]
-          <x:t>0,955</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,015</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,855</x:t>
-        </x:is>
-[...408 lines deleted...]
-          <x:t>1,535</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>