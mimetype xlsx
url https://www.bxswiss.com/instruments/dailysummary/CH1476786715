--- v1 (2025-11-02)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd0a5e6a02f4a4fdc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re2e15f1dbd8443a0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raa205968b01a4cb2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R581773dab7ee4c06"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7b04cff336fc403d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raa205968b01a4cb2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R254a5718bf39489f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R581773dab7ee4c06" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476786715</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.10.2025</x:t>
-[...613 lines deleted...]
-          <x:t>0,855</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,122</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>