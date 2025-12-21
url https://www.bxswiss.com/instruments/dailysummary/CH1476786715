--- v2 (2025-12-20)
+++ v3 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re2e15f1dbd8443a0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7729599d525942b3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R581773dab7ee4c06"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4664fc3477d34429"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R254a5718bf39489f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R581773dab7ee4c06" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7387dc79f0134310" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4664fc3477d34429" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476786715</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,519 +149,492 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...4 lines deleted...]
-          <x:t>0,266</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,330</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,232</x:t>
-[...452 lines deleted...]
-        <x:is>
           <x:t>0,553</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,237</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,443</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,564</x:t>
         </x:is>
       </x:c>
@@ -744,50 +717,77 @@
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,201</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,216</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,057</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,061</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,037</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,136</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,033</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,122</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>