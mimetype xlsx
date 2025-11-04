--- v0 (2025-10-14)
+++ v1 (2025-11-04)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raa1a87a39f984825" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R796eda5d442f4945" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R64624fee7ca54b8e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf011bc38508f4204"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfbcc79955a11490a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R64624fee7ca54b8e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R715330ea90714a05" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf011bc38508f4204" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476786665</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...14 lines deleted...]
-          <x:t>1,665</x:t>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,015</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,745</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...192 lines deleted...]
-          <x:t>25.09.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,035</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,645</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,645</x:t>
-[...89 lines deleted...]
-        <x:is>
           <x:t>1,845</x:t>
-        </x:is>
-[...268 lines deleted...]
-          <x:t>2,345</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>