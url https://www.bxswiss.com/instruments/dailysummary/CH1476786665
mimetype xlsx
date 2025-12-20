--- v1 (2025-11-04)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R796eda5d442f4945" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7785b9d64b8b4085" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf011bc38508f4204"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf598849da39443de"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R715330ea90714a05" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf011bc38508f4204" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd3cfd8bbb03e4d17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf598849da39443de" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476786665</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.10.2025</x:t>
-[...586 lines deleted...]
-          <x:t>1,845</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,565</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>