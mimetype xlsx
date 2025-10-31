--- v0 (2025-10-08)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ref1e21a82def4883" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R72416a488e4e4233" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7870a81d7d1b48b0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3e02e4a2b455467b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6191dfbd254748c9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7870a81d7d1b48b0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R53dd34baf5c64566" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3e02e4a2b455467b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on Banque Cantonale Vaudoise</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476780379</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,505</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,475</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,485</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.09.2025</x:t>
-[...9 lines deleted...]
-          <x:t>0,515</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,475</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,505</x:t>
-[...96 lines deleted...]
-        <x:is>
           <x:t>0,485</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,455</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,450</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,465</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...229 lines deleted...]
-          <x:t>0,485</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,440</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,450</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,465</x:t>
-[...16 lines deleted...]
-          <x:t>0,475</x:t>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,430</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,445</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,445</x:t>
-[...101 lines deleted...]
-        <x:is>
           <x:t>0,405</x:t>
-        </x:is>
-[...52 lines deleted...]
-          <x:t>0,395</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,415</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>