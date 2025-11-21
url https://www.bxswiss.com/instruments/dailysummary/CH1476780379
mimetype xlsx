--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R72416a488e4e4233" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R44ea03a5a6894acb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3e02e4a2b455467b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1d45cf2b4a7343dd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R53dd34baf5c64566" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3e02e4a2b455467b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R763785f63f864dc2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1d45cf2b4a7343dd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on Banque Cantonale Vaudoise</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476780379</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,450</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,475</x:t>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,410</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,445</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,430</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,445</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...8 lines deleted...]
-          <x:t>0,450</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,465</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,440</x:t>
-[...16 lines deleted...]
-          <x:t>0,450</x:t>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,420</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,455</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,430</x:t>
-[...111 lines deleted...]
-        <x:is>
           <x:t>0,415</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...91 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,455</x:t>
-        </x:is>
-[...359 lines deleted...]
-          <x:t>0,415</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>