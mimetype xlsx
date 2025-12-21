--- v2 (2025-11-21)
+++ v3 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R44ea03a5a6894acb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R72ca3e170dfc4c19" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1d45cf2b4a7343dd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R08012f7effcb4274"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R763785f63f864dc2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1d45cf2b4a7343dd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra3f6e0ddf5e14d82" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R08012f7effcb4274" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on Banque Cantonale Vaudoise</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476780379</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...9 lines deleted...]
-          <x:t>0,495</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,420</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,455</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,495</x:t>
-[...6 lines deleted...]
-          <x:t>21.10.2025</x:t>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,475</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,485</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,445</x:t>
+          <x:t>0,425</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,455</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.10.2025</x:t>
-[...53 lines deleted...]
-          <x:t>24.10.2025</x:t>
+          <x:t>25.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,450</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,465</x:t>
-[...79 lines deleted...]
-        <x:is>
           <x:t>0,450</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,425</x:t>
-[...210 lines deleted...]
-          <x:t>0,405</x:t>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,330</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,345</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,345</x:t>
-[...21 lines deleted...]
-          <x:t>0,315</x:t>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,325</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...40 lines deleted...]
-          <x:t>0,335</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,290</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,305</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,315</x:t>
-[...134 lines deleted...]
-          <x:t>0,455</x:t>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,215</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>