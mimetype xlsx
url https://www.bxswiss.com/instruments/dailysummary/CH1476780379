--- v3 (2025-12-21)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R72ca3e170dfc4c19" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc34f173002a0422c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R08012f7effcb4274"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7e87e02f529f42d5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra3f6e0ddf5e14d82" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R08012f7effcb4274" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4e16a66ccd7e4729" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7e87e02f529f42d5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on Banque Cantonale Vaudoise</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476780379</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...171 lines deleted...]
-          <x:t>0,345</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,305</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,305</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...202 lines deleted...]
-          <x:t>0,290</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,225</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,248</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,270</x:t>
-[...205 lines deleted...]
-          <x:t>0,230</x:t>
+          <x:t>0,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,208</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,215</x:t>
+          <x:t>0,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,156</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>