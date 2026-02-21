--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc34f173002a0422c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re109bdb5b4964d4a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7e87e02f529f42d5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9637f2384eb14b88"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4e16a66ccd7e4729" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7e87e02f529f42d5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6e3d765bc13f4023" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9637f2384eb14b88" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on Banque Cantonale Vaudoise</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476780379</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...350 lines deleted...]
-          <x:t>06.01.2026</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,086</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,109</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...55 lines deleted...]
-          <x:t>0,155</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,112</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,134</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...28 lines deleted...]
-          <x:t>0,156</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,019</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>