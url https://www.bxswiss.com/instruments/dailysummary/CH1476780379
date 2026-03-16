--- v5 (2026-02-21)
+++ v6 (2026-03-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re109bdb5b4964d4a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbd488186b17d4dd6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9637f2384eb14b88"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R573b78d6c4d046da"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6e3d765bc13f4023" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9637f2384eb14b88" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7f09fedd9b974e31" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R573b78d6c4d046da" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on Banque Cantonale Vaudoise</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476780379</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...333 lines deleted...]
-          <x:t>0,050</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,039</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,040</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,045</x:t>
-[...101 lines deleted...]
-        <x:is>
           <x:t>0,028</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,030</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...37 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,031</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,023</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,028</x:t>
-[...20 lines deleted...]
-        <x:is>
           <x:t>0,023</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,023</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>18.02.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,019</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,023</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,019</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,023</x:t>
-[...33 lines deleted...]
-          <x:t>20.02.2026</x:t>
+          <x:t>0,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,018</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,019</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...11 lines deleted...]
-          <x:t>0,019</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>