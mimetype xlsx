--- v0 (2025-10-08)
+++ v1 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R11a51b86d3d6433e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra7e7cce5e7a347e2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R52fec2454b334ce8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R17b9a6fed1fd49a9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R49e1c0c26b444bab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R52fec2454b334ce8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra94a07184aba43e6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R17b9a6fed1fd49a9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15.00% p.a. Barrier Reverse Convertible on Rigetti Computing</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476728725</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,459 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...340 lines deleted...]
-          <x:t>103,835</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,210</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...77 lines deleted...]
-          <x:t>106,745</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,370</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>