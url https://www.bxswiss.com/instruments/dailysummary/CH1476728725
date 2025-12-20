--- v1 (2025-11-21)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra7e7cce5e7a347e2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R76ea919612bd425f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R17b9a6fed1fd49a9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4c05fae9716047dc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra94a07184aba43e6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R17b9a6fed1fd49a9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5f7245b97b454d4c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4c05fae9716047dc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15.00% p.a. Barrier Reverse Convertible on Rigetti Computing</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476728725</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...350 lines deleted...]
-          <x:t>06.11.2025</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,030</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,455</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,785</x:t>
-[...43 lines deleted...]
-          <x:t>10.11.2025</x:t>
+          <x:t>99,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,395</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,865</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...227 lines deleted...]
-          <x:t>99,370</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,420</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>