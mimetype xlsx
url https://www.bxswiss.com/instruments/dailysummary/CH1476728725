--- v2 (2025-12-20)
+++ v3 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R76ea919612bd425f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2958783d5c074bac" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4c05fae9716047dc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R242d7d80f6bb415b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5f7245b97b454d4c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4c05fae9716047dc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8d34603177dc451d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R242d7d80f6bb415b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15.00% p.a. Barrier Reverse Convertible on Rigetti Computing</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476728725</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>19.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,580</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,720</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,560</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,320</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>