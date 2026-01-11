--- v3 (2025-12-21)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2958783d5c074bac" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9005c22aad9149ae" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R242d7d80f6bb415b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8d22dd281cca4827"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8d34603177dc451d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R242d7d80f6bb415b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8f213b8c5b014ee0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8d22dd281cca4827" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15.00% p.a. Barrier Reverse Convertible on Rigetti Computing</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476728725</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...90 lines deleted...]
-          <x:t>99,120</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,650</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>97,740</x:t>
-[...512 lines deleted...]
-          <x:t>97,420</x:t>
+          <x:t>98,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,130</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>