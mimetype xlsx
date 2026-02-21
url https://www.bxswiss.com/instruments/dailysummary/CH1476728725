--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9005c22aad9149ae" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf820dd6cf45c4183" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8d22dd281cca4827"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4c4ac605b7cd4b15"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8f213b8c5b014ee0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8d22dd281cca4827" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R025da657dd73425f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4c4ac605b7cd4b15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15.00% p.a. Barrier Reverse Convertible on Rigetti Computing</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476728725</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...95 lines deleted...]
-          <x:t>100,170</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,330</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...18 lines deleted...]
-          <x:t>99,640</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,645</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...94 lines deleted...]
-          <x:t>98,660</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,590</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,630</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,660</x:t>
-[...75 lines deleted...]
-          <x:t>96,820</x:t>
+          <x:t>97,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,010</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...13 lines deleted...]
-          <x:t>99,220</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,030</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,080</x:t>
-[...16 lines deleted...]
-          <x:t>99,060</x:t>
+          <x:t>97,520</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,260</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...82 lines deleted...]
-          <x:t>99,130</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,780</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>