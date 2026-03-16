--- v5 (2026-02-21)
+++ v6 (2026-03-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf820dd6cf45c4183" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc552f31e8ad442e0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4c4ac605b7cd4b15"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R52b53d7b94084e18"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R025da657dd73425f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4c4ac605b7cd4b15" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R14652c348afa4be6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R52b53d7b94084e18" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15.00% p.a. Barrier Reverse Convertible on Rigetti Computing</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476728725</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...41 lines deleted...]
-          <x:t>99,320</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,310</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,420</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>23.01.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,430</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,470</x:t>
-[...21 lines deleted...]
-          <x:t>99,130</x:t>
+          <x:t>99,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,645</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,540</x:t>
-[...79 lines deleted...]
-        <x:is>
           <x:t>99,310</x:t>
-        </x:is>
-[...435 lines deleted...]
-          <x:t>97,780</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>