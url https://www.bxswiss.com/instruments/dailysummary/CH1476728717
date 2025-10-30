--- v0 (2025-10-08)
+++ v1 (2025-10-30)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfcb102dc868a401a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R662691c365514eac" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8190de4e6d054b0e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdeff1932f6dd4212"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8395638537e0466a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8190de4e6d054b0e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5c1a683daa8b4ac1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdeff1932f6dd4212" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.80% p.a. Barrier Reverse Convertible on UnitedHealth</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476728717</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,459 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...55 lines deleted...]
-          <x:t>18.09.2025</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,010</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,420</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...141 lines deleted...]
-          <x:t>100,220</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,370</x:t>
-        </x:is>
-[...214 lines deleted...]
-          <x:t>101,185</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>