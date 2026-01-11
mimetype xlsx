--- v1 (2025-10-30)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R662691c365514eac" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R968f8a680df14d55" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdeff1932f6dd4212"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0b2b9c83bfba484b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5c1a683daa8b4ac1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdeff1932f6dd4212" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R03404a8f58e048f7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0b2b9c83bfba484b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.80% p.a. Barrier Reverse Convertible on UnitedHealth</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476728717</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,180</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,330</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,350</x:t>
-[...630 lines deleted...]
-          <x:t>100,370</x:t>
+          <x:t>99,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,260</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>