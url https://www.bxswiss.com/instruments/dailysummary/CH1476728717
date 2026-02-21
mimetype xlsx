--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R968f8a680df14d55" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R814f3ea0564741b2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0b2b9c83bfba484b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf7d853a16d65491e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R03404a8f58e048f7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0b2b9c83bfba484b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rba428b00269441db" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf7d853a16d65491e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.80% p.a. Barrier Reverse Convertible on UnitedHealth</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476728717</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...41 lines deleted...]
-          <x:t>99,590</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,420</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,190</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...401 lines deleted...]
-          <x:t>99,260</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,630</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>