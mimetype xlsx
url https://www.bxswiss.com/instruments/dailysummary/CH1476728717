--- v3 (2026-02-21)
+++ v4 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R814f3ea0564741b2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4c1674ede58146fc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf7d853a16d65491e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R12f5bbc7f2094dac"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rba428b00269441db" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf7d853a16d65491e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb68f13cb44d84283" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R12f5bbc7f2094dac" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.80% p.a. Barrier Reverse Convertible on UnitedHealth</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476728717</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...161 lines deleted...]
-          <x:t>29.01.2026</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,750</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>96,100</x:t>
-[...4 lines deleted...]
-          <x:t>95,400</x:t>
+          <x:t>96,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,610</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...30 lines deleted...]
-          <x:t>02.02.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,840</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,160</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...389 lines deleted...]
-          <x:t>95,630</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,660</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>