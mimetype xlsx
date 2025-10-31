--- v0 (2025-10-08)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0785e23cfc8d4e08" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R514fcb4a89004cd4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R276d0ca41177413c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R97d788bceee64a97"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc9805be2fcd941e0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R276d0ca41177413c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rde6c255f964c465f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R97d788bceee64a97" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.00% p.a. Barrier Reverse Convertible on Société Générale</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476728709</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,459 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...141 lines deleted...]
-          <x:t>100,220</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,270</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>100,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>99,810</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...180 lines deleted...]
-          <x:t>100,290</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,380</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,950</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,950</x:t>
-[...80 lines deleted...]
-          <x:t>98,270</x:t>
+          <x:t>99,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,340</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>