--- v1 (2025-10-31)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R514fcb4a89004cd4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcbdb4ab977934502" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R97d788bceee64a97"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R328c2e5c69c44ac5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rde6c255f964c465f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R97d788bceee64a97" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb6e205e8b21d4ee1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R328c2e5c69c44ac5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.00% p.a. Barrier Reverse Convertible on Société Générale</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476728709</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...26 lines deleted...]
-          <x:t>30.09.2025</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,880</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,940</x:t>
-[...43 lines deleted...]
-          <x:t>02.10.2025</x:t>
+          <x:t>100,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,040</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,200</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...551 lines deleted...]
-          <x:t>98,340</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,265</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>