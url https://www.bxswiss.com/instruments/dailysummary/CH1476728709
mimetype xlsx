--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcbdb4ab977934502" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R701d7e9bf20b4c00" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R328c2e5c69c44ac5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9f9c5fb906704a54"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb6e205e8b21d4ee1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R328c2e5c69c44ac5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R92d4bca157774769" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9f9c5fb906704a54" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.00% p.a. Barrier Reverse Convertible on Société Générale</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476728709</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...112 lines deleted...]
-          <x:t>100,695</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,275</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,145</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,520</x:t>
-[...129 lines deleted...]
-          <x:t>102,300</x:t>
+          <x:t>101,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,705</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,930</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>102,000</x:t>
-[...377 lines deleted...]
-          <x:t>101,265</x:t>
+          <x:t>101,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,990</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>