--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R701d7e9bf20b4c00" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf076b0b22b7f41b9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9f9c5fb906704a54"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf466c4efe8414afc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R92d4bca157774769" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9f9c5fb906704a54" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R544e1984bdf34818" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf466c4efe8414afc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.00% p.a. Barrier Reverse Convertible on Société Générale</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476728709</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...409 lines deleted...]
-          <x:t>101,705</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,805</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,930</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...33 lines deleted...]
-          <x:t>101,990</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,880</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>