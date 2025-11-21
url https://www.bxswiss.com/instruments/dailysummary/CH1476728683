--- v0 (2025-10-31)
+++ v1 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R389ad6914981444f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8ccf25d85f6942c5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8bbe41b90f9c4e06"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R80b156288faf4d24"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd976ea5a2383454f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8bbe41b90f9c4e06" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R87147c43cf1e4295" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R80b156288faf4d24" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15.60% p.a. Barrier Reverse Convertible on Redcare Pharmacy</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476728683</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...387 lines deleted...]
-          <x:t>102,990</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,735</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,930</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>102,020</x:t>
-[...129 lines deleted...]
-          <x:t>101,455</x:t>
+          <x:t>101,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,185</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,960</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...18 lines deleted...]
-          <x:t>101,355</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,425</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...13 lines deleted...]
-          <x:t>101,960</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,045</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,485</x:t>
-[...42 lines deleted...]
-        <x:is>
           <x:t>101,085</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,730</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,790</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>