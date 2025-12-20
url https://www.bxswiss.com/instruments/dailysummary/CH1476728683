--- v1 (2025-11-21)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8ccf25d85f6942c5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5d30e298fd8646df" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R80b156288faf4d24"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2f1df1ef87604775"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R87147c43cf1e4295" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R80b156288faf4d24" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R709327b1c2664d44" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2f1df1ef87604775" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15.60% p.a. Barrier Reverse Convertible on Redcare Pharmacy</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476728683</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...323 lines deleted...]
-          <x:t>05.11.2025</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,410</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>96,410</x:t>
-[...156 lines deleted...]
-          <x:t>97,680</x:t>
+          <x:t>96,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,370</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,090</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>96,980</x:t>
-[...139 lines deleted...]
-          <x:t>95,790</x:t>
+          <x:t>98,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,940</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>