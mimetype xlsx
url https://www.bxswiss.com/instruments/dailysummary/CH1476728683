--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5d30e298fd8646df" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7fe95772496f47bd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2f1df1ef87604775"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R757aefaabe0e4d8d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R709327b1c2664d44" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2f1df1ef87604775" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9e6abadc13434f66" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R757aefaabe0e4d8d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15.60% p.a. Barrier Reverse Convertible on Redcare Pharmacy</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476728683</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,920</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,300</x:t>
-        </x:is>
-[...634 lines deleted...]
-          <x:t>94,940</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>