--- v3 (2026-01-11)
+++ v4 (2026-01-12)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7fe95772496f47bd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb8a19c7d20534709" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R757aefaabe0e4d8d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ref9791d443ff4850"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9e6abadc13434f66" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R757aefaabe0e4d8d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R94173da67f3f4538" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ref9791d443ff4850" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15.60% p.a. Barrier Reverse Convertible on Redcare Pharmacy</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476728683</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,410</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,430</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,445</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,735</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>