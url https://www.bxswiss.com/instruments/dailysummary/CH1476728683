--- v4 (2026-01-12)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb8a19c7d20534709" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2925799f12374ee7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ref9791d443ff4850"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0fc6ebbfc10545c8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R94173da67f3f4538" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ref9791d443ff4850" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf817af9854e34168" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0fc6ebbfc10545c8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15.60% p.a. Barrier Reverse Convertible on Redcare Pharmacy</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476728683</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
-[...53 lines deleted...]
-          <x:t>15.12.2025</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,850</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,770</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>97,930</x:t>
-[...360 lines deleted...]
-          <x:t>95,300</x:t>
+          <x:t>97,120</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>