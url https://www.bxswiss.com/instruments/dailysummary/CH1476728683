--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2925799f12374ee7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R514386be86a54e0a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0fc6ebbfc10545c8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0ab78ea85ac34bb8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf817af9854e34168" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0fc6ebbfc10545c8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R22d1a5663d0847a7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0ab78ea85ac34bb8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15.60% p.a. Barrier Reverse Convertible on Redcare Pharmacy</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476728683</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...166 lines deleted...]
-          <x:t>93,140</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,690</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,240</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>92,120</x:t>
-[...11 lines deleted...]
-          <x:t>29.01.2026</x:t>
+          <x:t>95,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,100</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>94,300</x:t>
-[...441 lines deleted...]
-          <x:t>97,120</x:t>
+          <x:t>94,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,955</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>