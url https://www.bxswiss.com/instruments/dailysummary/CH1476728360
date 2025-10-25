--- v0 (2025-10-05)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ref3a231a65144119" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R58c179f3f7704451" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R26a93e8d13ed4cb8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3c63053fe46e4e41"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rab7a5bf43b3a4434" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R26a93e8d13ed4cb8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9bbf5ab6a2f34715" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3c63053fe46e4e41" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.02% p.a. Multi Barrier Reverse Convertible on Compagnie de Saint-Gobain, Heidelberg Materials, Holcim, Strategy</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476728360</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,303 +149,65 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>04.09.2025</x:t>
-[...183 lines deleted...]
-          <x:t>22.09.2025</x:t>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,970</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,330</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,330</x:t>
-[...57 lines deleted...]
-        <x:is>
           <x:t>99,830</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,240</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,470</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,490</x:t>
         </x:is>
       </x:c>
@@ -597,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,910</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,930</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,590</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,150</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>