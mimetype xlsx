--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R58c179f3f7704451" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R80ace6fb20a24f90" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3c63053fe46e4e41"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf0db2544c1a64e55"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9bbf5ab6a2f34715" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3c63053fe46e4e41" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R871b3b4724d844af" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf0db2544c1a64e55" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.02% p.a. Multi Barrier Reverse Convertible on Compagnie de Saint-Gobain, Heidelberg Materials, Holcim, Strategy</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476728360</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>94,150</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,315</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>