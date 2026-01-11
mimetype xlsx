--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R80ace6fb20a24f90" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R231617fc90b449ad" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf0db2544c1a64e55"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rec90e5a5b6704098"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R871b3b4724d844af" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf0db2544c1a64e55" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8a4bf28109d64339" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rec90e5a5b6704098" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.02% p.a. Multi Barrier Reverse Convertible on Compagnie de Saint-Gobain, Heidelberg Materials, Holcim, Strategy</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476728360</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...252 lines deleted...]
-          <x:t>73,445</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,355</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>70,100</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>70,575</x:t>
-[...377 lines deleted...]
-          <x:t>69,315</x:t>
+          <x:t>69,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,145</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>