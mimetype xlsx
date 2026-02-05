--- v3 (2026-01-11)
+++ v4 (2026-02-05)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R231617fc90b449ad" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R45c99b0f097a435f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rec90e5a5b6704098"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7d0317c2ba404cbd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8a4bf28109d64339" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rec90e5a5b6704098" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6dc9a56e8a2f4b1f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7d0317c2ba404cbd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.02% p.a. Multi Barrier Reverse Convertible on Compagnie de Saint-Gobain, Heidelberg Materials, Holcim, Strategy</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476728360</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...122 lines deleted...]
-          <x:t>68,030</x:t>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>69,415</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...197 lines deleted...]
-          <x:t>69,530</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,750</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>70,490</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>69,485</x:t>
-[...112 lines deleted...]
-          <x:t>69,145</x:t>
+          <x:t>69,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,455</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>