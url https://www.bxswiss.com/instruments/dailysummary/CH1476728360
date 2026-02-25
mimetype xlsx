--- v4 (2026-02-05)
+++ v5 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R45c99b0f097a435f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R59d7bd669927458a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7d0317c2ba404cbd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R38b9705653cd4a7b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6dc9a56e8a2f4b1f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7d0317c2ba404cbd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4dacfbce76534453" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R38b9705653cd4a7b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.02% p.a. Multi Barrier Reverse Convertible on Compagnie de Saint-Gobain, Heidelberg Materials, Holcim, Strategy</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476728360</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,524 +149,119 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.01.2026</x:t>
-[...4 lines deleted...]
-          <x:t>69,530</x:t>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,750</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>70,490</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>69,485</x:t>
-[...457 lines deleted...]
-        <x:is>
           <x:t>69,335</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>69,510</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>68,955</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>68,955</x:t>
         </x:is>
       </x:c>
@@ -764,31 +359,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>04.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>62,260</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>62,260</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>59,175</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>59,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,225</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>