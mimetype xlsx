--- v5 (2026-02-25)
+++ v6 (2026-03-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R59d7bd669927458a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rab262e163e574429" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R38b9705653cd4a7b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rad1ef70371ae4466"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4dacfbce76534453" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R38b9705653cd4a7b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R17dafca31b1742a2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rad1ef70371ae4466" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.02% p.a. Multi Barrier Reverse Convertible on Compagnie de Saint-Gobain, Heidelberg Materials, Holcim, Strategy</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476728360</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26.01.2026</x:t>
-[...134 lines deleted...]
-          <x:t>02.02.2026</x:t>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,150</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>63,890</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>66,120</x:t>
-[...161 lines deleted...]
-          <x:t>62,825</x:t>
+          <x:t>59,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,330</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>60,785</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>62,565</x:t>
-[...195 lines deleted...]
-          <x:t>20.02.2026</x:t>
+          <x:t>59,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,460</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>61,075</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...65 lines deleted...]
-          <x:t>59,225</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,440</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>