--- v0 (2025-10-07)
+++ v1 (2025-10-30)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re7b9bac2502f4d93" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9050272855034e7b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf60d3c1d793046c6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc3100b24ae35466d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R85d7ecf1112b4913" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf60d3c1d793046c6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfc7b1e03287a414d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc3100b24ae35466d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Conditional Coupon Barrier Reverse Convertible</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476726703</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,492 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...44 lines deleted...]
-          <x:t>102,700</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,305</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,735</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>102,420</x:t>
-[...210 lines deleted...]
-          <x:t>100,550</x:t>
+          <x:t>101,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,705</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,745</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...40 lines deleted...]
-          <x:t>101,105</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,675</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,725</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,895</x:t>
-[...134 lines deleted...]
-          <x:t>100,725</x:t>
+          <x:t>99,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,330</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>