--- v1 (2025-10-30)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9050272855034e7b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re7058d3aed014ffb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc3100b24ae35466d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdabdba3a8c474c95"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfc7b1e03287a414d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc3100b24ae35466d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R73968524e219441e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdabdba3a8c474c95" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Conditional Coupon Barrier Reverse Convertible</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476726703</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...9 lines deleted...]
-          <x:t>101,105</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,675</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,725</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,895</x:t>
-[...195 lines deleted...]
-          <x:t>09.10.2025</x:t>
+          <x:t>99,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,450</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,590</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,610</x:t>
-[...58 lines deleted...]
-          <x:t>99,470</x:t>
+          <x:t>100,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,550</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,620</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...347 lines deleted...]
-          <x:t>100,330</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,450</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>