--- v2 (2025-11-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re7058d3aed014ffb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1df7a24dc132485c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdabdba3a8c474c95"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcca2e65158a14f6e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R73968524e219441e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdabdba3a8c474c95" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R202d9ac58e764192" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcca2e65158a14f6e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Conditional Coupon Barrier Reverse Convertible</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476726703</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...593 lines deleted...]
-          <x:t>19.11.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,070</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,010</x:t>
-[...36 lines deleted...]
-          <x:t>98,450</x:t>
+          <x:t>97,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,460</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>