--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1df7a24dc132485c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra014966213d94af4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcca2e65158a14f6e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4e3036ab65fa46ef"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R202d9ac58e764192" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcca2e65158a14f6e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R784e7cebd7614bb7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4e3036ab65fa46ef" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Conditional Coupon Barrier Reverse Convertible</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476726703</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...247 lines deleted...]
-          <x:t>96,790</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,850</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,980</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>96,690</x:t>
-[...92 lines deleted...]
-          <x:t>06.01.2026</x:t>
+          <x:t>97,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,280</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,460</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>97,460</x:t>
-[...90 lines deleted...]
-          <x:t>97,460</x:t>
+          <x:t>97,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,100</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>