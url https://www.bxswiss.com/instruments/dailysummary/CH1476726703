--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra014966213d94af4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8668abe6d61e409a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4e3036ab65fa46ef"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R22cb5a8cd6024c90"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R784e7cebd7614bb7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4e3036ab65fa46ef" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9e0ab67bc0c541b2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R22cb5a8cd6024c90" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Conditional Coupon Barrier Reverse Convertible</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476726703</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...9 lines deleted...]
-          <x:t>97,440</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,970</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>97,050</x:t>
-[...620 lines deleted...]
-          <x:t>98,100</x:t>
+          <x:t>96,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,980</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>