--- v0 (2025-10-02)
+++ v1 (2025-10-23)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rae636cb296154018" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re58d13f4b5034cdb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R025a2186f28a455c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R94ed19b686f44c89"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R64198a0d0f364daa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R025a2186f28a455c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6fff8e4b905143c2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R94ed19b686f44c89" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13.14% p.a. Barrier Reverse Convertible on Deutsche Bank</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476723163</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,486 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...55 lines deleted...]
-          <x:t>11.09.2025</x:t>
+          <x:t>22.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,290</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,865</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...87 lines deleted...]
-          <x:t>100,645</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,430</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,725</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>100,685</x:t>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,745</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,110</x:t>
-[...232 lines deleted...]
-          <x:t>99,990</x:t>
+          <x:t>100,745</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,290</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,820</x:t>
-[...31 lines deleted...]
-          <x:t>100,020</x:t>
+          <x:t>100,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,770</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>