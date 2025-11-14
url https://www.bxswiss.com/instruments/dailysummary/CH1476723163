--- v1 (2025-10-23)
+++ v2 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re58d13f4b5034cdb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3c323e3e22a9444a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R94ed19b686f44c89"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2e032a3e15d64430"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6fff8e4b905143c2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R94ed19b686f44c89" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R09eaa94466764c9e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2e032a3e15d64430" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13.14% p.a. Barrier Reverse Convertible on Deutsche Bank</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476723163</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...36 lines deleted...]
-          <x:t>101,035</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,610</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,725</x:t>
-[...119 lines deleted...]
-          <x:t>99,990</x:t>
+          <x:t>100,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,745</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,290</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,820</x:t>
+          <x:t>100,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,270</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,900</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...170 lines deleted...]
-          <x:t>100,975</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,240</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,165</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,805</x:t>
-[...16 lines deleted...]
-          <x:t>101,065</x:t>
+          <x:t>101,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,905</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,125</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...222 lines deleted...]
-          <x:t>98,770</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,740</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>