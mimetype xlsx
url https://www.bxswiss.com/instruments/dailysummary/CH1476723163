--- v2 (2025-11-14)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3c323e3e22a9444a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6965059febf54d30" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2e032a3e15d64430"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R43a3855a279642fc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R09eaa94466764c9e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2e032a3e15d64430" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb79646409ae6443a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R43a3855a279642fc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13.14% p.a. Barrier Reverse Convertible on Deutsche Bank</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476723163</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...41 lines deleted...]
-          <x:t>100,100</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,500</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...192 lines deleted...]
-          <x:t>24.10.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,160</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,380</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,410</x:t>
-[...387 lines deleted...]
-          <x:t>102,740</x:t>
+          <x:t>100,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,340</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>