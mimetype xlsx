--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6965059febf54d30" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R33530b8532c6445a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R43a3855a279642fc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5539873ece244891"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb79646409ae6443a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R43a3855a279642fc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd03aca2c58554d37" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5539873ece244891" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13.14% p.a. Barrier Reverse Convertible on Deutsche Bank</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476723163</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,385</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,385</x:t>
-[...58 lines deleted...]
-          <x:t>100,500</x:t>
+          <x:t>101,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,985</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,995</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.11.2025</x:t>
-[...559 lines deleted...]
-          <x:t>100,340</x:t>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,045</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>