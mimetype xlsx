--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R33530b8532c6445a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra24e3a095dff412c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5539873ece244891"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R18c27c4502fb445e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd03aca2c58554d37" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5539873ece244891" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rea9aa60fba0c4b55" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R18c27c4502fb445e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13.14% p.a. Barrier Reverse Convertible on Deutsche Bank</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476723163</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...117 lines deleted...]
-          <x:t>99,910</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,590</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,650</x:t>
-[...91 lines deleted...]
-        <x:is>
           <x:t>100,440</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,685</x:t>
-[...16 lines deleted...]
-          <x:t>23.12.2025</x:t>
+          <x:t>99,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,645</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,895</x:t>
-[...166 lines deleted...]
-          <x:t>100,875</x:t>
+          <x:t>101,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,540</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,055</x:t>
-        </x:is>
-[...25 lines deleted...]
-          <x:t>101,045</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>