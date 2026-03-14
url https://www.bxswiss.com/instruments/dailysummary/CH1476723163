--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra24e3a095dff412c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rec8af6e34dc4403b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R18c27c4502fb445e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R31bec5ade7234c33"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rea9aa60fba0c4b55" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R18c27c4502fb445e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb31e07d4cbc84e2f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R31bec5ade7234c33" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13.14% p.a. Barrier Reverse Convertible on Deutsche Bank</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476723163</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...4 lines deleted...]
-          <x:t>100,745</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,785</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,805</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,420</x:t>
-[...11 lines deleted...]
-          <x:t>21.01.2026</x:t>
+          <x:t>99,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,165</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,470</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,795</x:t>
-[...53 lines deleted...]
-          <x:t>101,445</x:t>
+          <x:t>101,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,665</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,225</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,305</x:t>
-[...146 lines deleted...]
-          <x:t>101,675</x:t>
+          <x:t>101,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,655</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,040</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,425</x:t>
-[...242 lines deleted...]
-          <x:t>99,100</x:t>
+          <x:t>100,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,280</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,210</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>16.02.2026</x:t>
-[...127 lines deleted...]
-          <x:t>101,055</x:t>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,690</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>