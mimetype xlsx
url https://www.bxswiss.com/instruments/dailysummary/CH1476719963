--- v0 (2025-10-15)
+++ v1 (2025-11-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R777ce18872f549b2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9530f70012f246df" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra202ce994b064a66"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R229ea16576eb4917"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0a80c9872e7e4dbd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra202ce994b064a66" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R33e96714e5a94ecb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R229ea16576eb4917" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9.38% p.a. Multi Reverse Convertible on Meta Platforms, Microsoft, Netflix, Strategy, Tesla</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476719963</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>94,410</x:t>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,135</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>