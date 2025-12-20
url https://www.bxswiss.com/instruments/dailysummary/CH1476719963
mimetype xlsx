--- v1 (2025-11-26)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9530f70012f246df" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4bb02f90f4d14309" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R229ea16576eb4917"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf383d34b65254a6c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R33e96714e5a94ecb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R229ea16576eb4917" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1add2dcb73ed467e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf383d34b65254a6c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9.38% p.a. Multi Reverse Convertible on Meta Platforms, Microsoft, Netflix, Strategy, Tesla</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476719963</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>27.10.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>18.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,340</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,300</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,340</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,230</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -737,31 +305,517 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>77,510</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>77,690</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>76,865</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>77,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,310</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>