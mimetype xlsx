--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4bb02f90f4d14309" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re32eed7b369a46a4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf383d34b65254a6c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R733c1b393de74e4a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1add2dcb73ed467e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf383d34b65254a6c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb94a86bcb38d4852" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R733c1b393de74e4a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9.38% p.a. Multi Reverse Convertible on Meta Platforms, Microsoft, Netflix, Strategy, Tesla</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476719963</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...90 lines deleted...]
-          <x:t>78,430</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,445</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>76,310</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>76,985</x:t>
-[...146 lines deleted...]
-          <x:t>75,770</x:t>
+          <x:t>75,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,830</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>75,990</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>73,700</x:t>
-[...48 lines deleted...]
-          <x:t>77,590</x:t>
+          <x:t>75,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>76,100</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>76,555</x:t>
-[...323 lines deleted...]
-          <x:t>76,310</x:t>
+          <x:t>76,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,700</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>