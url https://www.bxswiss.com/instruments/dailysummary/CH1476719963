--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re32eed7b369a46a4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rffb22e47bcb64b41" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R733c1b393de74e4a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R39cbf3f5f0fc4e7f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb94a86bcb38d4852" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R733c1b393de74e4a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R79e03716124c43d8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R39cbf3f5f0fc4e7f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9.38% p.a. Multi Reverse Convertible on Meta Platforms, Microsoft, Netflix, Strategy, Tesla</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476719963</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...215 lines deleted...]
-          <x:t>22.12.2025</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,120</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>76,535</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>77,035</x:t>
-[...102 lines deleted...]
-          <x:t>75,750</x:t>
+          <x:t>75,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,405</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>76,515</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>75,730</x:t>
-[...112 lines deleted...]
-          <x:t>75,700</x:t>
+          <x:t>76,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,155</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>