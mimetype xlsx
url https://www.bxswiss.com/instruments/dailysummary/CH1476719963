--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rffb22e47bcb64b41" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8ddfe1350baa4207" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R39cbf3f5f0fc4e7f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R13594c5be160498c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R79e03716124c43d8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R39cbf3f5f0fc4e7f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6b5854ee43424dc7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R13594c5be160498c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9.38% p.a. Multi Reverse Convertible on Meta Platforms, Microsoft, Netflix, Strategy, Tesla</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476719963</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...382 lines deleted...]
-          <x:t>67,740</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,760</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>68,030</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>65,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>66,180</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>67,990</x:t>
-[...92 lines deleted...]
-          <x:t>65,760</x:t>
+          <x:t>67,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,550</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>68,030</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>65,760</x:t>
-[...21 lines deleted...]
-          <x:t>68,180</x:t>
+          <x:t>66,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,955</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>67,195</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...109 lines deleted...]
-          <x:t>69,155</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,445</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>