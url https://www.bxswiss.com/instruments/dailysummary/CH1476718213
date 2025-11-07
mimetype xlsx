--- v0 (2025-10-17)
+++ v1 (2025-11-07)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7f0d43a597794620" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9c555bc1ec5d4821" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7967d7ee6ca24eb7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbe61833105454ff8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R49ab169404534df1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7967d7ee6ca24eb7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2b18ba9e0e514c4e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbe61833105454ff8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8.80% p.a. Barrier Reverse Convertible on WTI Crude Oil</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476718213</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...134 lines deleted...]
-          <x:t>22.09.2025</x:t>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,470</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,510</x:t>
-[...16 lines deleted...]
-          <x:t>23.09.2025</x:t>
+          <x:t>99,540</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,340</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,010</x:t>
-[...166 lines deleted...]
-          <x:t>98,860</x:t>
+          <x:t>99,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,030</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...13 lines deleted...]
-          <x:t>99,100</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,630</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>98,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>98,630</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.10.2025</x:t>
-[...14 lines deleted...]
-          <x:t>98,570</x:t>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,370</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,730</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...239 lines deleted...]
-          <x:t>98,060</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,350</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>