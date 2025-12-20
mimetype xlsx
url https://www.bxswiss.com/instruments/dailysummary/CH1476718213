--- v1 (2025-11-07)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9c555bc1ec5d4821" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd0b7cde02a04496e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbe61833105454ff8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb4c1c9abb2bd4182"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2b18ba9e0e514c4e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbe61833105454ff8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R056bcad5ccba4e9d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb4c1c9abb2bd4182" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8.80% p.a. Barrier Reverse Convertible on WTI Crude Oil</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476718213</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>06.10.2025</x:t>
-[...225 lines deleted...]
-          <x:t>98,370</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,780</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,010</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,060</x:t>
-[...11 lines deleted...]
-          <x:t>97,420</x:t>
+          <x:t>98,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,460</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,760</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...384 lines deleted...]
-          <x:t>98,350</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,530</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>