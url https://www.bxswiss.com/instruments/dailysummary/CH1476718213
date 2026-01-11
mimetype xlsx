--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd0b7cde02a04496e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R884e8dffff964c01" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb4c1c9abb2bd4182"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rca54ca65213b4246"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R056bcad5ccba4e9d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb4c1c9abb2bd4182" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4cece633f5d04edc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rca54ca65213b4246" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8.80% p.a. Barrier Reverse Convertible on WTI Crude Oil</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476718213</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...387 lines deleted...]
-          <x:t>96,590</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,090</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,120</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>96,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>96,120</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...235 lines deleted...]
-          <x:t>95,530</x:t>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,440</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>