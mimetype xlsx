--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R884e8dffff964c01" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R47743b342c1e4d53" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rca54ca65213b4246"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5bd49d3eeb5b4572"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4cece633f5d04edc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rca54ca65213b4246" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R40339ec8690b4a71" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5bd49d3eeb5b4572" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8.80% p.a. Barrier Reverse Convertible on WTI Crude Oil</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476718213</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>97,440</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,830</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>