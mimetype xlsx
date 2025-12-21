--- v0 (2025-10-16)
+++ v1 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4fc879fcd4684b59" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd4a8a8c9b8e549db" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R828f49b7a8124b7f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R33e1006e5da24872"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R66a139e68eb24326" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R828f49b7a8124b7f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcf454b0d92a24351" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R33e1006e5da24872" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15.40% p.a. Barrier Reverse Convertible on Commerzbank</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476718163</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...225 lines deleted...]
-          <x:t>102,430</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,115</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,395</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>102,140</x:t>
-[...48 lines deleted...]
-          <x:t>101,095</x:t>
+          <x:t>100,835</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,295</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.09.2025</x:t>
-[...14 lines deleted...]
-          <x:t>101,295</x:t>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,235</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,425</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.10.2025</x:t>
-[...289 lines deleted...]
-          <x:t>101,185</x:t>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,250</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>