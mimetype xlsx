--- v1 (2025-12-21)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd4a8a8c9b8e549db" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc68a57c54bd64c31" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R33e1006e5da24872"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf7bd1743cab54be0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcf454b0d92a24351" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R33e1006e5da24872" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R09d224dee6a14dd6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf7bd1743cab54be0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15.40% p.a. Barrier Reverse Convertible on Commerzbank</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476718163</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,300</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,450</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,270</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,400</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,440</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,065</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>