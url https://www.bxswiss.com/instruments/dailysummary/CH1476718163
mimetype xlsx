--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc68a57c54bd64c31" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcb0bd6ac8d2d4b7c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf7bd1743cab54be0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7fa40084ce8e436b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R09d224dee6a14dd6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf7bd1743cab54be0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb9534725aefa4325" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7fa40084ce8e436b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15.40% p.a. Barrier Reverse Convertible on Commerzbank</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476718163</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...323 lines deleted...]
-          <x:t>05.01.2026</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,285</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,945</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,125</x:t>
-[...117 lines deleted...]
-          <x:t>101,065</x:t>
+          <x:t>101,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,575</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>