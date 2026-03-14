--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcb0bd6ac8d2d4b7c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf7cb97375e5c4b3c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7fa40084ce8e436b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R20eb8c39e76f4686"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb9534725aefa4325" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7fa40084ce8e436b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9a4718279c514966" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R20eb8c39e76f4686" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15.40% p.a. Barrier Reverse Convertible on Commerzbank</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476718163</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,820</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,120</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,770</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,060</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,395</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,575</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,395</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,420</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>