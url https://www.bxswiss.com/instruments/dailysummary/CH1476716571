--- v0 (2025-10-08)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4932d17b393a4c6a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2b14a6e1ef40440a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3d2b23bde3564e0c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdd3f9c6983f1492a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9f4b6ab483f949a5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3d2b23bde3564e0c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R13d73ba25cb340db" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdd3f9c6983f1492a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9.58% p.a. Multi Reverse Convertible</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476716571</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,650</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,010</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,550</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,870</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -737,31 +332,490 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>07.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,130</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,200</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,990</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,330</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>