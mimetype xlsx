--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2b14a6e1ef40440a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2930ae0f56b54c6f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdd3f9c6983f1492a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R816f76b33d624769"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R13d73ba25cb340db" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdd3f9c6983f1492a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R362df3f9d1694cbd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R816f76b33d624769" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9.58% p.a. Multi Reverse Convertible</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476716571</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,060</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,300</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,600</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,240</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,680</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,680</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,970</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,945</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>