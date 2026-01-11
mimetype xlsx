--- v2 (2025-11-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2930ae0f56b54c6f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re77c629be32b4754" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R816f76b33d624769"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R193a01e64c0c4014"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R362df3f9d1694cbd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R816f76b33d624769" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4d39b2eb46274f2d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R193a01e64c0c4014" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9.58% p.a. Multi Reverse Convertible</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476716571</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>78,945</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,445</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>