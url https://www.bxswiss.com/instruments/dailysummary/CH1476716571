--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re77c629be32b4754" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdf31e3df1bff484c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R193a01e64c0c4014"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R21fe17f2ba6847d8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4d39b2eb46274f2d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R193a01e64c0c4014" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9eac104d21aa4684" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R21fe17f2ba6847d8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9.58% p.a. Multi Reverse Convertible</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476716571</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...323 lines deleted...]
-          <x:t>05.01.2026</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,380</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>75,475</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>76,220</x:t>
-[...117 lines deleted...]
-          <x:t>75,445</x:t>
+          <x:t>75,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,105</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>