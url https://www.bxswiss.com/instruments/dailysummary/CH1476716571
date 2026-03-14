--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdf31e3df1bff484c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re0a4c60eda7b4ab9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R21fe17f2ba6847d8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb062d07438ab47a8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9eac104d21aa4684" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R21fe17f2ba6847d8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcad335ec9d404229" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb062d07438ab47a8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9.58% p.a. Multi Reverse Convertible</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476716571</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...269 lines deleted...]
-          <x:t>03.02.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,775</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>71,830</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>71,930</x:t>
-[...4 lines deleted...]
-          <x:t>70,220</x:t>
+          <x:t>68,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,140</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>70,300</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>04.02.2026</x:t>
-[...343 lines deleted...]
-          <x:t>69,105</x:t>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,235</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>