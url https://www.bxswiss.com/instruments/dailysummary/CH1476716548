--- v0 (2025-10-09)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbc242c10bec04d7a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R232f0454f1034ed3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R33373e86179a4ebd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R81032c43ab6847b2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R56ae6cc50c36465e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R33373e86179a4ebd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rec860d83343c4c80" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R81032c43ab6847b2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6.01% p.a. Multi Barrier Reverse Convertible on Nestlé, Novartis, Nvidia, Roche, Swiss Re</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476716548</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...225 lines deleted...]
-          <x:t>98,240</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,630</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,830</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,910</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,110</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...84 lines deleted...]
-          <x:t>24.09.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,670</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,800</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...23 lines deleted...]
-          <x:t>97,120</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,210</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>97,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>96,800</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...244 lines deleted...]
-          <x:t>97,760</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,280</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>