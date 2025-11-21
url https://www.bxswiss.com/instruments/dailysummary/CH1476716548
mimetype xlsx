--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R232f0454f1034ed3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R54fa5c2dfa6e411b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R81032c43ab6847b2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd5a937d59679409b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rec860d83343c4c80" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R81032c43ab6847b2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R12bfdfb46cd84f9e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd5a937d59679409b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6.01% p.a. Multi Barrier Reverse Convertible on Nestlé, Novartis, Nvidia, Roche, Swiss Re</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476716548</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...252 lines deleted...]
-          <x:t>97,910</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,170</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>97,180</x:t>
-[...16 lines deleted...]
-          <x:t>97,260</x:t>
+          <x:t>96,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,560</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>96,800</x:t>
-[...92 lines deleted...]
-          <x:t>95,140</x:t>
+          <x:t>96,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,850</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,700</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,360</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,520</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>95,410</x:t>
-[...242 lines deleted...]
-          <x:t>96,280</x:t>
+          <x:t>94,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,770</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>