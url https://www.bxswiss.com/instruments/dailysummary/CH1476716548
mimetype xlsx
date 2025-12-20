--- v2 (2025-11-21)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R54fa5c2dfa6e411b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0394c48bf7314d4b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd5a937d59679409b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R707afec497354289"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R12bfdfb46cd84f9e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd5a937d59679409b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb54b5157f17b4606" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R707afec497354289" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6.01% p.a. Multi Barrier Reverse Convertible on Nestlé, Novartis, Nvidia, Roche, Swiss Re</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476716548</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...392 lines deleted...]
-          <x:t>93,230</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,840</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,300</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...192 lines deleted...]
-          <x:t>19.11.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,600</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,870</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...38 lines deleted...]
-          <x:t>93,770</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,570</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>