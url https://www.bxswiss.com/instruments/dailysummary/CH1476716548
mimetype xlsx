--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0394c48bf7314d4b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R069ee4839b61434e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R707afec497354289"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc01bc2a3abce4397"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb54b5157f17b4606" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R707afec497354289" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf4b384034154458f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc01bc2a3abce4397" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6.01% p.a. Multi Barrier Reverse Convertible on Nestlé, Novartis, Nvidia, Roche, Swiss Re</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476716548</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...4 lines deleted...]
-          <x:t>93,500</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,550</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>92,540</x:t>
-[...242 lines deleted...]
-          <x:t>91,710</x:t>
+          <x:t>93,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,690</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>02.12.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,840</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>93,300</x:t>
-[...102 lines deleted...]
-          <x:t>92,100</x:t>
+          <x:t>92,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,310</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>91,860</x:t>
-[...70 lines deleted...]
-          <x:t>91,800</x:t>
+          <x:t>92,310</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,970</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>91,400</x:t>
-[...166 lines deleted...]
-          <x:t>92,570</x:t>
+          <x:t>92,180</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>