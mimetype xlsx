--- v4 (2026-01-11)
+++ v5 (2026-02-06)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R069ee4839b61434e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbf8c505eb8394d65" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc01bc2a3abce4397"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re01f6f4b8f8f42e9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf4b384034154458f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc01bc2a3abce4397" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R06c769960900415d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re01f6f4b8f8f42e9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6.01% p.a. Multi Barrier Reverse Convertible on Nestlé, Novartis, Nvidia, Roche, Swiss Re</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476716548</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...9 lines deleted...]
-          <x:t>91,950</x:t>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,030</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,620</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...8 lines deleted...]
-          <x:t>11.12.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,230</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,800</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>92,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>91,970</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>91,400</x:t>
-[...96 lines deleted...]
-        <x:is>
           <x:t>92,130</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>92,130</x:t>
-[...4 lines deleted...]
-          <x:t>91,220</x:t>
+          <x:t>91,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,200</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,290</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.12.2025</x:t>
-[...289 lines deleted...]
-          <x:t>92,180</x:t>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,540</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>