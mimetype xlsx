--- v5 (2026-02-06)
+++ v6 (2026-02-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbf8c505eb8394d65" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9189ced5a45c4548" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re01f6f4b8f8f42e9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6e41b66c5c2e415f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R06c769960900415d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re01f6f4b8f8f42e9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R79c0598035d64d19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6e41b66c5c2e415f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6.01% p.a. Multi Barrier Reverse Convertible on Nestlé, Novartis, Nvidia, Roche, Swiss Re</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476716548</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.01.2026</x:t>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,240</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,710</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>92,900</x:t>
-[...53 lines deleted...]
-          <x:t>92,710</x:t>
+          <x:t>92,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,950</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,310</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>92,560</x:t>
-[...37 lines deleted...]
-        <x:is>
           <x:t>92,310</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...33 lines deleted...]
-          <x:t>91,880</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,320</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...15 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,360</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>92,830</x:t>
-[...168 lines deleted...]
-          <x:t>22.01.2026</x:t>
+          <x:t>92,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,380</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,060</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>92,350</x:t>
-[...16 lines deleted...]
-          <x:t>23.01.2026</x:t>
+          <x:t>92,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,430</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,940</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>92,230</x:t>
-[...252 lines deleted...]
-          <x:t>90,540</x:t>
+          <x:t>92,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,930</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>