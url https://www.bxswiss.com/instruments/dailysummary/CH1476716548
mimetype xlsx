--- v6 (2026-02-26)
+++ v7 (2026-03-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9189ced5a45c4548" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7c3bb4dfaf7f40df" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6e41b66c5c2e415f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8be246c7ef384d44"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R79c0598035d64d19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6e41b66c5c2e415f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd96bd2c1e06946b0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8be246c7ef384d44" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6.01% p.a. Multi Barrier Reverse Convertible on Nestlé, Novartis, Nvidia, Roche, Swiss Re</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476716548</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26.01.2026</x:t>
-[...26 lines deleted...]
-          <x:t>27.01.2026</x:t>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,510</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,420</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...82 lines deleted...]
-          <x:t>91,840</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,370</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>91,560</x:t>
-[...119 lines deleted...]
-          <x:t>90,500</x:t>
+          <x:t>91,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,370</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,910</x:t>
-        </x:is>
-[...359 lines deleted...]
-          <x:t>92,930</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>