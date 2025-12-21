--- v0 (2025-10-15)
+++ v1 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R34ad827bf3454eba" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reff25dfa8fd64d43" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2f43425269fc4216"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R75e57cd03903496d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R712d82ccee3c4811" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2f43425269fc4216" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rce34a0819f0c4fc5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R75e57cd03903496d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Conditional Coupon Reverse Convertible</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476716175</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>93,300</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,110</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>