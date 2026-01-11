--- v1 (2025-12-21)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reff25dfa8fd64d43" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R981fbd39df62404d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R75e57cd03903496d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2361174bc1304469"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rce34a0819f0c4fc5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R75e57cd03903496d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R392007ab6c6b4f3f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2361174bc1304469" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Conditional Coupon Reverse Convertible</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476716175</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...63 lines deleted...]
-          <x:t>74,130</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>71,115</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>72,200</x:t>
-[...16 lines deleted...]
-          <x:t>73,195</x:t>
+          <x:t>71,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,740</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>71,125</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>72,795</x:t>
-[...512 lines deleted...]
-          <x:t>72,110</x:t>
+          <x:t>73,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,655</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>