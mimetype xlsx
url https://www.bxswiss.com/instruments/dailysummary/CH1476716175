--- v2 (2026-01-11)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R981fbd39df62404d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R42a1fa4ab326458f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2361174bc1304469"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7a37b98536c04bcb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R392007ab6c6b4f3f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2361174bc1304469" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ree249133f8864869" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7a37b98536c04bcb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Conditional Coupon Reverse Convertible</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476716175</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>73,810</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>74,200</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>72,140</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>72,290</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>