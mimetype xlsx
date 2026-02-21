--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R42a1fa4ab326458f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R258d2ed43cec4339" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7a37b98536c04bcb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6aded836ab39482a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ree249133f8864869" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7a37b98536c04bcb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3af625d2e3c345c3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6aded836ab39482a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Conditional Coupon Reverse Convertible</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476716175</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
-[...9 lines deleted...]
-          <x:t>74,200</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,355</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>72,140</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>72,290</x:t>
-[...281 lines deleted...]
-          <x:t>72,605</x:t>
+          <x:t>72,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>73,820</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>72,555</x:t>
-[...112 lines deleted...]
-          <x:t>72,655</x:t>
+          <x:t>74,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,710</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>