--- v0 (2025-10-09)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R87654beedba445e3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2a723f371f9d4201" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf73bfae03ec340d7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0927db80c6e8456f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf239c589dc5a4450" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf73bfae03ec340d7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R92856cf744da449f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0927db80c6e8456f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Conditional Coupon Barrier Reverse Convertible</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476715748</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...269 lines deleted...]
-          <x:t>22.09.2025</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,460</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,490</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>93,440</x:t>
+          <x:t>91,460</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,490</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...35 lines deleted...]
-          <x:t>24.09.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,090</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,750</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...281 lines deleted...]
-          <x:t>95,500</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,630</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>