--- v1 (2025-12-20)
+++ v2 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2a723f371f9d4201" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1dbbbf0bce6642bc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0927db80c6e8456f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9b9632f9367341dc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R92856cf744da449f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0927db80c6e8456f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R765aa4b947f34e5c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9b9632f9367341dc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Conditional Coupon Barrier Reverse Convertible</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476715748</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...188 lines deleted...]
-          <x:t>27.11.2025</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,630</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>89,300</x:t>
-[...215 lines deleted...]
-          <x:t>88,280</x:t>
+          <x:t>88,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,560</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,710</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>87,510</x:t>
-[...215 lines deleted...]
-          <x:t>90,630</x:t>
+          <x:t>85,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,770</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>