--- v2 (2026-02-22)
+++ v3 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1dbbbf0bce6642bc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7ca2b7ae874447e6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9b9632f9367341dc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc11de5c2811c4ab4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R765aa4b947f34e5c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9b9632f9367341dc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcd70700d567541e9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc11de5c2811c4ab4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Conditional Coupon Barrier Reverse Convertible</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476715748</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,980</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,230</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>88,670</x:t>
-[...112 lines deleted...]
-          <x:t>87,010</x:t>
+          <x:t>86,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,880</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,020</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...364 lines deleted...]
-          <x:t>86,710</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,300</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,390</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>85,480</x:t>
-[...107 lines deleted...]
-          <x:t>86,770</x:t>
+          <x:t>82,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,600</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>