--- v0 (2025-10-10)
+++ v1 (2025-10-30)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6b63b9ddb61b43b1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reda5f511e77b490b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R497e14f8a90b4283"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra8040dc2133a4b71"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0f90ffd66d1a4213" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R497e14f8a90b4283" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9bce59d0fd12464e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra8040dc2133a4b71" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Conditional Coupon Barrier Reverse Convertible on AXA, Munich Re, Swiss Life, Swiss Re, Zurich Insurance</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476715730</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,610</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,700</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>97,010</x:t>
-[...269 lines deleted...]
-          <x:t>96,280</x:t>
+          <x:t>96,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,620</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,030</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>96,150</x:t>
-[...65 lines deleted...]
-          <x:t>95,350</x:t>
+          <x:t>96,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,350</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,620</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>95,200</x:t>
+          <x:t>96,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,490</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...266 lines deleted...]
-          <x:t>96,390</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,060</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>