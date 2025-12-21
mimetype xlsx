--- v1 (2025-10-30)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reda5f511e77b490b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd8c84d11f8654d52" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra8040dc2133a4b71"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc0ee3f91e81a4b74"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9bce59d0fd12464e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra8040dc2133a4b71" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R50abc449f9c043b8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc0ee3f91e81a4b74" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Conditional Coupon Barrier Reverse Convertible on AXA, Munich Re, Swiss Life, Swiss Re, Zurich Insurance</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476715730</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>94,060</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,880</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>