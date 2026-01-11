--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd8c84d11f8654d52" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6c4b48816ef34e61" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc0ee3f91e81a4b74"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc5f66756d23d452e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R50abc449f9c043b8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc0ee3f91e81a4b74" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R64e909a630a1401e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc5f66756d23d452e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Conditional Coupon Barrier Reverse Convertible on AXA, Munich Re, Swiss Life, Swiss Re, Zurich Insurance</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476715730</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...26 lines deleted...]
-          <x:t>20.11.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,060</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>90,870</x:t>
-[...301 lines deleted...]
-          <x:t>88,820</x:t>
+          <x:t>90,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,290</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,540</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...266 lines deleted...]
-          <x:t>91,880</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,690</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>