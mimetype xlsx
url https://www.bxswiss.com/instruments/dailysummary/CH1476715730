--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6c4b48816ef34e61" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3afe046b1c4f49b8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc5f66756d23d452e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc1541d869bf548c7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R64e909a630a1401e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc5f66756d23d452e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rde4faf368107439a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc1541d869bf548c7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Conditional Coupon Barrier Reverse Convertible on AXA, Munich Re, Swiss Life, Swiss Re, Zurich Insurance</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476715730</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>89,690</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,580</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>