--- v4 (2026-02-22)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3afe046b1c4f49b8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfde67000f1564e36" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc1541d869bf548c7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R130c42e2767f4b83"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rde4faf368107439a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc1541d869bf548c7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4abb56b7bc914a2f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R130c42e2767f4b83" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Conditional Coupon Barrier Reverse Convertible on AXA, Munich Re, Swiss Life, Swiss Re, Zurich Insurance</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476715730</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...230 lines deleted...]
-          <x:t>86,830</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,810</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,190</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...30 lines deleted...]
-          <x:t>04.02.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,630</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,840</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>89,250</x:t>
-[...43 lines deleted...]
-          <x:t>06.02.2026</x:t>
+          <x:t>87,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,910</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,300</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>89,130</x:t>
-[...210 lines deleted...]
-          <x:t>88,450</x:t>
+          <x:t>88,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,280</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,630</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...60 lines deleted...]
-          <x:t>88,580</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,800</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>