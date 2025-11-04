--- v0 (2025-10-14)
+++ v1 (2025-11-04)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4df38c7f51f043b8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7d2ee462db344caf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf8aea4b4e34a4ab9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R272ee7257eda4400"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcb7725c3edb54696" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf8aea4b4e34a4ab9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb432a481724c4df8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R272ee7257eda4400" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13.20% p.a. Barrier Reverse Convertible on Nvidia</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476714212</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...36 lines deleted...]
-          <x:t>100,885</x:t>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,600</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,610</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...13 lines deleted...]
-          <x:t>100,390</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,480</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,440</x:t>
-[...232 lines deleted...]
-          <x:t>101,045</x:t>
+          <x:t>100,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,725</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,755</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...276 lines deleted...]
-          <x:t>99,840</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,620</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>