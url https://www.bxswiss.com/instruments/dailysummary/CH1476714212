--- v1 (2025-11-04)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7d2ee462db344caf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re3c16e46592e4a79" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R272ee7257eda4400"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3f3d55ab6cb04164"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb432a481724c4df8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R272ee7257eda4400" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R77bdd1c8aab94bfc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3f3d55ab6cb04164" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13.20% p.a. Barrier Reverse Convertible on Nvidia</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476714212</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.10.2025</x:t>
-[...80 lines deleted...]
-          <x:t>08.10.2025</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,145</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,735</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,395</x:t>
-[...62 lines deleted...]
-        <x:is>
           <x:t>100,915</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...36 lines deleted...]
-          <x:t>100,350</x:t>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,420</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,840</x:t>
-[...16 lines deleted...]
-          <x:t>100,440</x:t>
+          <x:t>99,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,690</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,690</x:t>
-[...350 lines deleted...]
-          <x:t>102,620</x:t>
+          <x:t>99,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,340</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>