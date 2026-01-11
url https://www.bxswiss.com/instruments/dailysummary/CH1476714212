--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re3c16e46592e4a79" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0e1b89a09afe44c7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3f3d55ab6cb04164"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3fb59cc5c9124ae4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R77bdd1c8aab94bfc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3f3d55ab6cb04164" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re05668dbfc154b45" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3fb59cc5c9124ae4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13.20% p.a. Barrier Reverse Convertible on Nvidia</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476714212</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...58 lines deleted...]
-          <x:t>98,540</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,630</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,020</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...546 lines deleted...]
-          <x:t>97,340</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,630</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>