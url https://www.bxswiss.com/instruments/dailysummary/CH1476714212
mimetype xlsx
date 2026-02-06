--- v3 (2026-01-11)
+++ v4 (2026-02-06)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0e1b89a09afe44c7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2fcf13a760bf4e52" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3fb59cc5c9124ae4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re80b9ea88c8f4f5e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re05668dbfc154b45" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3fb59cc5c9124ae4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R748ef6db1516475c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re80b9ea88c8f4f5e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13.20% p.a. Barrier Reverse Convertible on Nvidia</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476714212</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...53 lines deleted...]
-          <x:t>12.12.2025</x:t>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,080</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,770</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>97,240</x:t>
-[...387 lines deleted...]
-          <x:t>98,630</x:t>
+          <x:t>97,310</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>