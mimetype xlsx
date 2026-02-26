--- v4 (2026-02-06)
+++ v5 (2026-02-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2fcf13a760bf4e52" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3c069292d9ba444c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re80b9ea88c8f4f5e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1f2f0836909245d9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R748ef6db1516475c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re80b9ea88c8f4f5e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R613332acaaa6431c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1f2f0836909245d9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13.20% p.a. Barrier Reverse Convertible on Nvidia</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476714212</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.01.2026</x:t>
-[...41 lines deleted...]
-          <x:t>98,560</x:t>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,180</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,680</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...165 lines deleted...]
-          <x:t>15.01.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,890</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,920</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...217 lines deleted...]
-          <x:t>99,830</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,330</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,200</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...13 lines deleted...]
-          <x:t>100,030</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,050</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,800</x:t>
-[...166 lines deleted...]
-          <x:t>97,310</x:t>
+          <x:t>100,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,785</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>