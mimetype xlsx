--- v5 (2026-02-26)
+++ v6 (2026-03-19)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3c069292d9ba444c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5251af61f17a4d5f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1f2f0836909245d9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb59ca01af5df4c3c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R613332acaaa6431c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1f2f0836909245d9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4a27d53ca035433d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb59ca01af5df4c3c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13.20% p.a. Barrier Reverse Convertible on Nvidia</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476714212</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26.01.2026</x:t>
-[...36 lines deleted...]
-          <x:t>99,830</x:t>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,330</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,200</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...13 lines deleted...]
-          <x:t>100,030</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,050</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,800</x:t>
-[...146 lines deleted...]
-          <x:t>05.02.2026</x:t>
+          <x:t>100,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,590</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,960</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...389 lines deleted...]
-          <x:t>101,785</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,010</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>