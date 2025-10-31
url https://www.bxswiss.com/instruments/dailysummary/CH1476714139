--- v0 (2025-10-07)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R08dc8919c02c49c5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R93f4a5bed3554150" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7db02905d0584464"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2b4dce8a1263451f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2282368973454866" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7db02905d0584464" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R15e8dee6251c43f8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2b4dce8a1263451f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Conditional Coupon Reverse Convertible</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476714139</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.09.2025</x:t>
-[...63 lines deleted...]
-          <x:t>95,880</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,470</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,520</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>95,750</x:t>
-[...479 lines deleted...]
-        <x:is>
           <x:t>95,130</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,390</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>06.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,540</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,760</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,020</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,630</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>