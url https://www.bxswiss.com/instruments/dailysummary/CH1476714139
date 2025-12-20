--- v1 (2025-10-31)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R93f4a5bed3554150" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1a323d44780f48a7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2b4dce8a1263451f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R49db444475bf49ed"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R15e8dee6251c43f8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2b4dce8a1263451f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4867efcacc204548" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R49db444475bf49ed" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Conditional Coupon Reverse Convertible</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476714139</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>86,630</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,200</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>