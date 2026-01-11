--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1a323d44780f48a7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R27c45bf3ab3d4da1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R49db444475bf49ed"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2368e5fac88a4ebc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4867efcacc204548" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R49db444475bf49ed" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3d845bb1406f48c1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2368e5fac88a4ebc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Conditional Coupon Reverse Convertible</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476714139</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...80 lines deleted...]
-          <x:t>21.11.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>67,840</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>69,800</x:t>
-[...313 lines deleted...]
-          <x:t>09.12.2025</x:t>
+          <x:t>69,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>69,600</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>72,310</x:t>
-[...225 lines deleted...]
-          <x:t>68,200</x:t>
+          <x:t>69,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,270</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>