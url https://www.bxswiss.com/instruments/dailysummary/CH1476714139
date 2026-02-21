--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R27c45bf3ab3d4da1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6e9ac94a15614d3f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2368e5fac88a4ebc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reac19ffd78324e71"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3d845bb1406f48c1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2368e5fac88a4ebc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7c0460c3d59b4720" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reac19ffd78324e71" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Conditional Coupon Reverse Convertible</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476714139</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...36 lines deleted...]
-          <x:t>69,970</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>68,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>68,100</x:t>
-[...92 lines deleted...]
-          <x:t>67,780</x:t>
+          <x:t>68,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,080</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>68,635</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...77 lines deleted...]
-          <x:t>69,255</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,065</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>68,030</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>68,785</x:t>
-[...215 lines deleted...]
-          <x:t>68,270</x:t>
+          <x:t>68,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,380</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>