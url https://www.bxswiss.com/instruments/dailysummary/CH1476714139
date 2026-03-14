--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6e9ac94a15614d3f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3642988a0a43470a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reac19ffd78324e71"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R18c418ff66164b7d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7c0460c3d59b4720" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reac19ffd78324e71" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rda4c8e833a4b45a9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R18c418ff66164b7d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Conditional Coupon Reverse Convertible</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476714139</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...296 lines deleted...]
-          <x:t>04.02.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,655</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>60,815</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>60,815</x:t>
-[...313 lines deleted...]
-          <x:t>20.02.2026</x:t>
+          <x:t>58,615</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>59,145</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...11 lines deleted...]
-          <x:t>60,380</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,520</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>