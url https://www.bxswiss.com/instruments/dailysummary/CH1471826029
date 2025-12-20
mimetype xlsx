--- v0 (2025-10-15)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R342e45fe9d974132" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5a3f7460854e4696" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7a42b5148a5d4e3a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf83a8fc209404af6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R94bb1eabb48b40cb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7a42b5148a5d4e3a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R71002d04163a4b63" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf83a8fc209404af6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21Shares Hyperliquid ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1471826029</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>12,771</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,891</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>