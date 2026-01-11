--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5a3f7460854e4696" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7d425190fc3a41f5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf83a8fc209404af6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdee1e8a682ac4347"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R71002d04163a4b63" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf83a8fc209404af6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4d8384f9b0db41c5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdee1e8a682ac4347" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21Shares Hyperliquid ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1471826029</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,587</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,622</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,439</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,742</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,010</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,675</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,378</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>