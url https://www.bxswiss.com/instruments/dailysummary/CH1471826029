--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7d425190fc3a41f5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1499b98791584899" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdee1e8a682ac4347"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rea284f1ebbac4f46"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4d8384f9b0db41c5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdee1e8a682ac4347" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8fbd115d67d04036" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rea284f1ebbac4f46" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21Shares Hyperliquid ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1471826029</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...26 lines deleted...]
-          <x:t>11.12.2025</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,397</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,042</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>9,052</x:t>
-[...414 lines deleted...]
-          <x:t>8,378</x:t>
+          <x:t>9,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,432</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>