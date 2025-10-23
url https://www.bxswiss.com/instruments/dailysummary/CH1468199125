--- v0 (2025-10-02)
+++ v1 (2025-10-23)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc2c7fcb6d6e64706" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0406ca11a70e4846" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra14d884f43a5470f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R313bdb3890c649e3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbae7fe521c60499b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra14d884f43a5470f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd07bd4d18dfd4873" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R313bdb3890c649e3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrants auf UBS Group AG</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1468199125</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>0,355</x:t>
+          <x:t>22.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,365</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,345</x:t>
-[...26 lines deleted...]
-          <x:t>0,305</x:t>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,315</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>03.09.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,325</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>0,335</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,315</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,335</x:t>
-[...16 lines deleted...]
-          <x:t>0,365</x:t>
+          <x:t>0,345</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,315</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,365</x:t>
-[...102 lines deleted...]
-          <x:t>0,305</x:t>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,315</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...401 lines deleted...]
-          <x:t>0,325</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,195</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>