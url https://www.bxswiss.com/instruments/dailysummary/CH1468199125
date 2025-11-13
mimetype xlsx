--- v1 (2025-10-23)
+++ v2 (2025-11-13)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0406ca11a70e4846" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra076700dea31411f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R313bdb3890c649e3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf9e182b197c34426"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd07bd4d18dfd4873" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R313bdb3890c649e3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf1b8c455bfa7427b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf9e182b197c34426" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrants auf UBS Group AG</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1468199125</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...90 lines deleted...]
-          <x:t>0,375</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,335</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,345</x:t>
-[...124 lines deleted...]
-          <x:t>0,315</x:t>
+          <x:t>0,275</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,295</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...207 lines deleted...]
-          <x:t>0,335</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,245</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,275</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,295</x:t>
-[...21 lines deleted...]
-          <x:t>0,255</x:t>
+          <x:t>0,245</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,265</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>16.10.2025</x:t>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,235</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,245</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,275</x:t>
-[...21 lines deleted...]
-          <x:t>0,215</x:t>
+          <x:t>0,225</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,235</x:t>
-        </x:is>
-[...89 lines deleted...]
-          <x:t>0,195</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>