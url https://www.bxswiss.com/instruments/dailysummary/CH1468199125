--- v2 (2025-11-13)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra076700dea31411f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rae7bd6b283724494" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf9e182b197c34426"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re83175fb8d8443e3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf1b8c455bfa7427b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf9e182b197c34426" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf52754f2f86a4da3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re83175fb8d8443e3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrants auf UBS Group AG</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1468199125</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,315</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...605 lines deleted...]
-          <x:t>0,235</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>