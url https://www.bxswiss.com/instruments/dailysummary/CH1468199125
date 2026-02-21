--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rae7bd6b283724494" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfd6e2f179a024ce5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re83175fb8d8443e3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd7b77d7683fa466e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf52754f2f86a4da3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re83175fb8d8443e3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd4b02f2a4be448d5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd7b77d7683fa466e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrants auf UBS Group AG</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1468199125</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...68 lines deleted...]
-          <x:t>0,425</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,435</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...32 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,455</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,525</x:t>
-[...333 lines deleted...]
-          <x:t>0,815</x:t>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,215</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>