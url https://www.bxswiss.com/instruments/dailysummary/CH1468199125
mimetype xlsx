--- v4 (2026-02-21)
+++ v5 (2026-03-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfd6e2f179a024ce5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra3638539f4eb426d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd7b77d7683fa466e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8895678760f64c32"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd4b02f2a4be448d5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd7b77d7683fa466e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R26527347e36149bb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8895678760f64c32" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrants auf UBS Group AG</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1468199125</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...333 lines deleted...]
-          <x:t>0,325</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,235</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,265</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,325</x:t>
-[...16 lines deleted...]
-          <x:t>0,335</x:t>
+          <x:t>0,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,215</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,265</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...50 lines deleted...]
-          <x:t>0,185</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,205</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...30 lines deleted...]
-          <x:t>13.02.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,215</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,225</x:t>
+          <x:t>0,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,215</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,145</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,175</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...131 lines deleted...]
-          <x:t>0,215</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,015</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>