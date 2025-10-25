--- v0 (2025-10-02)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0d6c6a74cbcf48d1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5079f31586b348a0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R24e6ed207c254625"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rabb20d248789485e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8a04f605456d494b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R24e6ed207c254625" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R723c940034e34784" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rabb20d248789485e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Conditional Coupon Reverse Convertible</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1467592536</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>96,780</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,130</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,800</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>96,730</x:t>
-[...11 lines deleted...]
-          <x:t>02.09.2025</x:t>
+          <x:t>96,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,880</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...45 lines deleted...]
-          <x:t>04.09.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,520</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,800</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>96,990</x:t>
-[...522 lines deleted...]
-          <x:t>96,260</x:t>
+          <x:t>96,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,500</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>