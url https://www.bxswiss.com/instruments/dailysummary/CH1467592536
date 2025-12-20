--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5079f31586b348a0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R74336512062f41c7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rabb20d248789485e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1bad37d699e44350"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R723c940034e34784" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rabb20d248789485e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R97e134c6735e40b7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1bad37d699e44350" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Conditional Coupon Reverse Convertible</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1467592536</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>90,500</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,995</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>