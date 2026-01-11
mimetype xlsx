--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R74336512062f41c7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9e52bec281e84dbc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1bad37d699e44350"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5e4f026cc51946b7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R97e134c6735e40b7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1bad37d699e44350" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8f7dab5a018a451a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5e4f026cc51946b7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Conditional Coupon Reverse Convertible</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1467592536</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...90 lines deleted...]
-          <x:t>72,360</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,460</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>69,215</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>70,290</x:t>
-[...205 lines deleted...]
-          <x:t>73,840</x:t>
+          <x:t>69,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,275</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>71,790</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...325 lines deleted...]
-          <x:t>70,995</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,405</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>