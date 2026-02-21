--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9e52bec281e84dbc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R17b8092994884f22" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5e4f026cc51946b7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcab90adef1b24e4c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8f7dab5a018a451a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5e4f026cc51946b7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd86eb344fc3247fa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcab90adef1b24e4c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Conditional Coupon Reverse Convertible</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1467592536</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...36 lines deleted...]
-          <x:t>72,925</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,060</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>70,965</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>71,105</x:t>
-[...75 lines deleted...]
-          <x:t>69,125</x:t>
+          <x:t>71,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,850</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>70,655</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...35 lines deleted...]
-          <x:t>69,520</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,255</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>71,265</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>69,520</x:t>
-[...274 lines deleted...]
-          <x:t>71,405</x:t>
+          <x:t>66,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,120</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>