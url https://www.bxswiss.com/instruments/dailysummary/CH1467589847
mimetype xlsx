--- v0 (2025-10-08)
+++ v1 (2025-10-30)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2eed55a9555f4920" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5251b1c6d75e4307" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb217f83b12794b91"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbb2d517ef31248db"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R925e0cc5332f4e4e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb217f83b12794b91" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4a30eac3ac6e4fa5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbb2d517ef31248db" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>22.80% p.a. Barrier Reverse Convertible on D-Wave Quantum</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1467589847</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,532 +149,127 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...392 lines deleted...]
-          <x:t>101,085</x:t>
+          <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,640</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>29.09.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,835</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,640</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>103,605</x:t>
-[...4 lines deleted...]
-          <x:t>102,190</x:t>
+          <x:t>101,035</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,430</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>101,835</x:t>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,865</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,640</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...35 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,880</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,750</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,850</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,730</x:t>
@@ -737,31 +332,490 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>07.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,300</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,135</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,815</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,495</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>