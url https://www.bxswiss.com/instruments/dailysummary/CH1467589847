--- v1 (2025-10-30)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5251b1c6d75e4307" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R67b835f1baf444d7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbb2d517ef31248db"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R99791d6e85a047bb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4a30eac3ac6e4fa5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbb2d517ef31248db" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd6847a9d31c040ed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R99791d6e85a047bb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>22.80% p.a. Barrier Reverse Convertible on D-Wave Quantum</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1467589847</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...14 lines deleted...]
-          <x:t>102,190</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,715</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,430</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...617 lines deleted...]
-          <x:t>103,495</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,810</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>