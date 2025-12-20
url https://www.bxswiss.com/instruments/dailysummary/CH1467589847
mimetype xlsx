--- v2 (2025-11-21)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R67b835f1baf444d7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R23c279edac494427" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R99791d6e85a047bb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R51dee0dc90dc4348"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd6847a9d31c040ed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R99791d6e85a047bb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R08c20513ff2644f6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R51dee0dc90dc4348" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>22.80% p.a. Barrier Reverse Convertible on D-Wave Quantum</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1467589847</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...387 lines deleted...]
-          <x:t>101,105</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,740</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,940</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,570</x:t>
-[...114 lines deleted...]
-          <x:t>14.11.2025</x:t>
+          <x:t>98,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,720</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,715</x:t>
-[...79 lines deleted...]
-        <x:is>
           <x:t>99,770</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,600</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,120</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,060</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,120</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,750</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,220</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>