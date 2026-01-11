--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R23c279edac494427" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R92cf953f8bdf45cb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R51dee0dc90dc4348"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf7b1991d2bc64f56"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R08c20513ff2644f6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R51dee0dc90dc4348" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rac4b784011ef4e3f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf7b1991d2bc64f56" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>22.80% p.a. Barrier Reverse Convertible on D-Wave Quantum</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1467589847</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,940</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,530</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,680</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,360</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,220</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,290</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,655</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>