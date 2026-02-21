--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R92cf953f8bdf45cb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc4b17b20e66d4e07" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf7b1991d2bc64f56"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcf0bebd6214b4bfc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rac4b784011ef4e3f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf7b1991d2bc64f56" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5aeb80b1eb774db9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcf0bebd6214b4bfc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>22.80% p.a. Barrier Reverse Convertible on D-Wave Quantum</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1467589847</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...14 lines deleted...]
-          <x:t>98,530</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,230</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,680</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
-[...252 lines deleted...]
-          <x:t>99,810</x:t>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,480</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,230</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,390</x:t>
-[...161 lines deleted...]
-          <x:t>101,655</x:t>
+          <x:t>100,190</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>