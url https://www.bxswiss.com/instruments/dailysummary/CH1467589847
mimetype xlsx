--- v5 (2026-02-21)
+++ v6 (2026-03-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc4b17b20e66d4e07" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4e3bdc19eff54ce9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcf0bebd6214b4bfc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R62040fbc24d24594"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5aeb80b1eb774db9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcf0bebd6214b4bfc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5b8170dac5194422" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R62040fbc24d24594" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>22.80% p.a. Barrier Reverse Convertible on D-Wave Quantum</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1467589847</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,524 +149,65 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...414 lines deleted...]
-          <x:t>102,040</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,200</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,825</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,935</x:t>
-[...47 lines deleted...]
-        <x:is>
           <x:t>99,390</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,050</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,240</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,325</x:t>
         </x:is>
       </x:c>
@@ -791,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,080</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,480</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,230</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,660</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>