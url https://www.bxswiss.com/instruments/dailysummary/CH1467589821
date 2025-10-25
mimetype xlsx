--- v0 (2025-10-03)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R18dbb815761a463e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rba2ed517503847ae" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6a0996a27b8b484e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R78edba22d9eb4b7d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc746a2b8d17d4b16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6a0996a27b8b484e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R39e747c75956420d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R78edba22d9eb4b7d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.00% p.a. Barrier Reverse Convertible on WTI Crude Oil</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1467589821</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,885</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,015</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,885</x:t>
+          <x:t>100,805</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,955</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...80 lines deleted...]
-          <x:t>05.09.2025</x:t>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,995</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,705</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,705</x:t>
-[...290 lines deleted...]
-        <x:is>
           <x:t>100,775</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...227 lines deleted...]
-          <x:t>100,000</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,140</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>