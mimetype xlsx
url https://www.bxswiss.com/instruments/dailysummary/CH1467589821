--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rba2ed517503847ae" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R726a126221de4bd4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R78edba22d9eb4b7d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbdab0ff8c50e4ab0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R39e747c75956420d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R78edba22d9eb4b7d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8c1d5e30da804af8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbdab0ff8c50e4ab0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.00% p.a. Barrier Reverse Convertible on WTI Crude Oil</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1467589821</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...122 lines deleted...]
-          <x:t>100,580</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,410</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,715</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.10.2025</x:t>
-[...36 lines deleted...]
-          <x:t>100,420</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,630</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,000</x:t>
-[...286 lines deleted...]
-          <x:t>99,040</x:t>
+          <x:t>99,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,180</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,370</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,930</x:t>
-[...134 lines deleted...]
-          <x:t>100,140</x:t>
+          <x:t>98,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,420</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>