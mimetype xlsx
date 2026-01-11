--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R726a126221de4bd4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5d941dce8ac9458c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbdab0ff8c50e4ab0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R36eb288ded494177"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8c1d5e30da804af8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbdab0ff8c50e4ab0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd3671bd891a04174" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R36eb288ded494177" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.00% p.a. Barrier Reverse Convertible on WTI Crude Oil</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1467589821</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...112 lines deleted...]
-          <x:t>96,870</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,010</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,320</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>96,870</x:t>
-[...70 lines deleted...]
-          <x:t>97,390</x:t>
+          <x:t>97,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,650</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,760</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>97,390</x:t>
-[...43 lines deleted...]
-          <x:t>98,050</x:t>
+          <x:t>97,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,580</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,110</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>97,510</x:t>
-[...138 lines deleted...]
-        <x:is>
           <x:t>98,250</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...9 lines deleted...]
-          <x:t>98,370</x:t>
+          <x:t>08.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,060</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,060</x:t>
-[...215 lines deleted...]
-          <x:t>97,420</x:t>
+          <x:t>98,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,530</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>