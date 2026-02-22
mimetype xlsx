--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5d941dce8ac9458c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfe5065f5aac94ac3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R36eb288ded494177"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbdddd23499cf44cb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd3671bd891a04174" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R36eb288ded494177" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R67f44c755955408f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbdddd23499cf44cb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.00% p.a. Barrier Reverse Convertible on WTI Crude Oil</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1467589821</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>99,530</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,240</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>