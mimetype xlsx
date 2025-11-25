--- v0 (2025-10-15)
+++ v1 (2025-11-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2d34334e573246af" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R08f345d29279474f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf6d21a49e0fb418e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Refef72acbfb44a42"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Racf2734bf90c47e6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf6d21a49e0fb418e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R304fcb03c78f4c22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Refef72acbfb44a42" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.80% p.a. Barrier Reverse Convertible on Brent Crude Oil</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1467586637</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...85 lines deleted...]
-          <x:t>101,225</x:t>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,535</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,165</x:t>
-[...38 lines deleted...]
-          <x:t>22.09.2025</x:t>
+          <x:t>101,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,015</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,025</x:t>
-[...187 lines deleted...]
-        <x:is>
           <x:t>101,255</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,635</x:t>
-[...106 lines deleted...]
-        <x:is>
           <x:t>100,905</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,085</x:t>
-[...134 lines deleted...]
-          <x:t>99,860</x:t>
+          <x:t>101,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,720</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>