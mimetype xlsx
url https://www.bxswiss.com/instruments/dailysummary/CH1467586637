--- v1 (2025-11-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R08f345d29279474f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb0a1d7328dbf4732" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Refef72acbfb44a42"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R31b617dc96ad49a9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R304fcb03c78f4c22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Refef72acbfb44a42" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R06227f0158a5493d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R31b617dc96ad49a9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.80% p.a. Barrier Reverse Convertible on Brent Crude Oil</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1467586637</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.10.2025</x:t>
-[...436 lines deleted...]
-          <x:t>98,310</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,210</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,560</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...50 lines deleted...]
-          <x:t>98,700</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,390</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,980</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,130</x:t>
-[...70 lines deleted...]
-          <x:t>97,760</x:t>
+          <x:t>98,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,330</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,720</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>