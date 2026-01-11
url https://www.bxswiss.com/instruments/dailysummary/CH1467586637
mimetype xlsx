--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb0a1d7328dbf4732" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9dfcafcdc5824ee1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R31b617dc96ad49a9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9093917156064999"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R06227f0158a5493d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R31b617dc96ad49a9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd3b6ebe3c36a4ab2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9093917156064999" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.80% p.a. Barrier Reverse Convertible on Brent Crude Oil</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1467586637</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...26 lines deleted...]
-          <x:t>19.11.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,700</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,700</x:t>
-[...318 lines deleted...]
-          <x:t>98,560</x:t>
+          <x:t>98,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,840</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,940</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...28 lines deleted...]
-          <x:t>98,580</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,180</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,590</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...239 lines deleted...]
-          <x:t>97,720</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,040</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>