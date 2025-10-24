--- v0 (2025-10-02)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0794b55e1e1b4f8a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0fcd609464ba4d9f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R341f01c8f8d94aaa"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R869fc7b1094547e6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raa27f237a1234bbf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R341f01c8f8d94aaa" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R40cbe16dd1394edf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R869fc7b1094547e6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13.80% p.a. Barrier Reverse Convertible on Hensoldt</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1467586611</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...392 lines deleted...]
-          <x:t>102,170</x:t>
+          <x:t>22.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,565</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,550</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>22.09.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,710</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>103,435</x:t>
-[...225 lines deleted...]
-          <x:t>104,960</x:t>
+          <x:t>103,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,050</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>