--- v1 (2025-10-24)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0fcd609464ba4d9f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb251e490ba3145d7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R869fc7b1094547e6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb374f58e9fdc4e73"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R40cbe16dd1394edf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R869fc7b1094547e6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4830421315334b10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb374f58e9fdc4e73" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13.80% p.a. Barrier Reverse Convertible on Hensoldt</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1467586611</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>103,050</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,170</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>