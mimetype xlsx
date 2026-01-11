--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb251e490ba3145d7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc9a41bc4b68b45e5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb374f58e9fdc4e73"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd33b0a3d06d3448d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4830421315334b10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb374f58e9fdc4e73" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1b0f16c9f78a4545" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd33b0a3d06d3448d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13.80% p.a. Barrier Reverse Convertible on Hensoldt</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1467586611</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,495 +149,63 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...36 lines deleted...]
-          <x:t>97,020</x:t>
+          <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,450</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,450</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...393 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,370</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,320</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,170</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,380</x:t>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,120</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,170</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,320</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,775</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>