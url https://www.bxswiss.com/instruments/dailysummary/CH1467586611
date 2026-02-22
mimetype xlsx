--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc9a41bc4b68b45e5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R886b70a94b2c4259" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd33b0a3d06d3448d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6c3de56301e94de3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1b0f16c9f78a4545" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd33b0a3d06d3448d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd7c1359a95c549a9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6c3de56301e94de3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13.80% p.a. Barrier Reverse Convertible on Hensoldt</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1467586611</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...377 lines deleted...]
-          <x:t>07.01.2026</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,480</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,380</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...65 lines deleted...]
-          <x:t>101,775</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,810</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>