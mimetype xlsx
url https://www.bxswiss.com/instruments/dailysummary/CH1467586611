--- v4 (2026-02-22)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R886b70a94b2c4259" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R79705b3813b146f7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6c3de56301e94de3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R756f5b1a3e7a455f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd7c1359a95c549a9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6c3de56301e94de3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5277323c672f4e29" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R756f5b1a3e7a455f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13.80% p.a. Barrier Reverse Convertible on Hensoldt</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1467586611</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,522 +149,144 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...90 lines deleted...]
-          <x:t>102,180</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,735</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,055</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,425</x:t>
-[...102 lines deleted...]
-          <x:t>100,845</x:t>
+          <x:t>100,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,470</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,135</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...258 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,600</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,105</x:t>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,710</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,950</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,420</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,780</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>